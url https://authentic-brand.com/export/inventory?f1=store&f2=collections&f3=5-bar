--- v0 (2026-01-28)
+++ v1 (2026-03-30)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J95"/>
+  <dimension ref="A1:J96"/>
   <sheetData>
     <row r="1" spans="1:10" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>ImageURL</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>SizeChart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Product Name</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Model</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>SKU</t>
@@ -472,51 +472,51 @@
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>ISU QUINCY M GY:138621Z-12PK</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>'801138621996</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I9" s="0">
         <v>582</v>
       </c>
       <c r="J9" s="0">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="0">
       <c r="A10" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b8taoztkvf6jqms6zr4b9/editdsc8541-copy.jpg?rlkey=jldzr79oa5wb3h55idd5qg2op&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>Press Men's Cap</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t>'144586</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>ISU PRESS A CL:144586</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>'701144586008</t>
         </is>
@@ -821,51 +821,51 @@
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
           <t>ISU SUMMIT M DG:151598Z-12PK</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>'801151598992</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I17" s="0">
         <v>582</v>
       </c>
       <c r="J17" s="0">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="0">
       <c r="A18" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pgjp1tpuh9inn1tznyw7b/dsc7298edit2.jpg?rlkey=h2n6uer7mibaee7ga43ks60s3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B18" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qxdho9ux6wxzi661cq0rt/womens-size-chartssummit.jpg?rlkey=9pl6vy39pxyguj1dm745g56em&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Pullover</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t>'151712</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
           <t>ISU SUMMIT W DG:151712A-S</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
@@ -1129,51 +1129,51 @@
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
           <t>ISU SUMMIT W DG:151712Z-12PK</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t>'801151712992</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I24" s="0">
         <v>576</v>
       </c>
       <c r="J24" s="0">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="0">
       <c r="A25" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yalaj2fzdpflm4o9ngyz0/editdsc8684-copy.jpg?rlkey=ktjspbojod694jaqiecn5809m&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B25" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hb8tk6494davfafu0smy0/mens-jackets-size-chartswaverly.jpg?rlkey=j0bniqs6mzyn4n3cqticcnksa&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>Waverly Men's Jacket</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t>'150190</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
           <t>ISU WAVERL M BK:150190A-S</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
@@ -1437,51 +1437,51 @@
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
           <t>ISU WAVERL M BK:150190Z-12PK</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t>'801150190999</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I31" s="0">
         <v>1446</v>
       </c>
       <c r="J31" s="0">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="0">
       <c r="A32" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0x3h0phx4oj8rarnsvza4/waverly-150190-tn.jpg?rlkey=iwycu9isar5d2k9nqf7eczcxk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B32" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dzf0zqfl7xe4iq2zy5sl6/womens-jackets-size-chartswaverly.jpg?rlkey=hv1ia6ucqznnmoiztzxwql4m2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>Waverly Women's Jacket</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t>'151802</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
           <t>ISU WAVERL W BK:151802A-S</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
@@ -1657,51 +1657,51 @@
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
           <t>ISU WAVERL W BK:151802E-2XL</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>'801151802082</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I36" s="0">
         <v>149.99</v>
       </c>
       <c r="J36" s="0">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="0">
       <c r="A37" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0x3h0phx4oj8rarnsvza4/waverly-150190-tn.jpg?rlkey=iwycu9isar5d2k9nqf7eczcxk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B37" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dzf0zqfl7xe4iq2zy5sl6/womens-jackets-size-chartswaverly.jpg?rlkey=hv1ia6ucqznnmoiztzxwql4m2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>Waverly Women's Jacket</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t>'151802</t>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
           <t>ISU WAVERL W BK:151802F-3XL</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
@@ -1745,51 +1745,51 @@
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
           <t>ISU WAVERL W BK:151802Z-12PK</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>'801151802990</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I38" s="0">
         <v>1440</v>
       </c>
       <c r="J38" s="0">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="0">
       <c r="A39" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ve5nxfn88e9tm89w94fr/vrtl-isu-aries-w-bk-0275410.jpg?rlkey=r3m9sjbeg55g4ija645puis7w&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B39" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vn5xgjyvhs9z5xmynt8go/womens-size-chartsaries.jpg?rlkey=z8pcv2fj5d0wepf5k08yi5nt7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>Aries Women's Jacket</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t>'153713</t>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
           <t>ISU ARIES W BK:153713A-S</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
@@ -2009,51 +2009,51 @@
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
           <t>ISU ARIES W BK:153713F-3XL</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>'801153713096</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I44" s="0">
         <v>71.99</v>
       </c>
       <c r="J44" s="0">
-        <v>-1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="0">
       <c r="A45" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cmsbcfyyywgzu7c7tfjre/alan153442f96242.jpg?rlkey=3uvq3c93gl4rcnxueld412cc4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B45" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w5b9fa2j2zxdmjtgzwv7b/mens-hoodie-size-chartsalan-sweatshirt.jpg?rlkey=nhb9ki8y05aweddkkykwvtlbo&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>Alan Men's Sweatshirt</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t>'153442</t>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
           <t>ISU ALAN M CL:153442A-S</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
@@ -2319,1935 +2319,1976 @@
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
           <t>'701143887014</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I51" s="0">
         <v>24.99</v>
       </c>
       <c r="J51" s="0">
         <v>128</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="0">
       <c r="A52" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/luhs8eh912aqhi10svulh/hawkin-154871-tn.jpg?rlkey=tmcw9i6goow1bn3osa4qwztld&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/u5z069a0m95cxxgsgyr64/mens-pullover-size-chartshawkin.jpg?rlkey=9ikzk4419p8hsiza9kkb7zgim&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hqo0w03hotvj9mzx8205d/mazie-143886-tn.jpg?rlkey=ftknhomvj0qut15g4me5vn4de&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>Hawkin Men's Quarter Snap Pullover</t>
+          <t>Mazie Women's Cap ISU Commemorative</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
-          <t>'154871</t>
+          <t>'143886</t>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>ISU HAWKIN M BK:154871A-S</t>
+          <t>ISU MAZIE W BK:143886</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>'801154871047</t>
+          <t>'701143886017</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="I52" s="0">
-        <v>64.99</v>
+        <v>24.99</v>
       </c>
       <c r="J52" s="0">
-        <v>16</v>
+        <v>93</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="0">
       <c r="A53" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/luhs8eh912aqhi10svulh/hawkin-154871-tn.jpg?rlkey=tmcw9i6goow1bn3osa4qwztld&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B53" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/u5z069a0m95cxxgsgyr64/mens-pullover-size-chartshawkin.jpg?rlkey=9ikzk4419p8hsiza9kkb7zgim&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>Hawkin Men's Quarter Snap Pullover</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t>'154871</t>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>ISU HAWKIN M BK:154871B-M</t>
+          <t>ISU HAWKIN M BK:154871A-S</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>'801154871054</t>
+          <t>'801154871047</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I53" s="0">
         <v>64.99</v>
       </c>
       <c r="J53" s="0">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="0">
       <c r="A54" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/luhs8eh912aqhi10svulh/hawkin-154871-tn.jpg?rlkey=tmcw9i6goow1bn3osa4qwztld&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B54" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/u5z069a0m95cxxgsgyr64/mens-pullover-size-chartshawkin.jpg?rlkey=9ikzk4419p8hsiza9kkb7zgim&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>Hawkin Men's Quarter Snap Pullover</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t>'154871</t>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>ISU HAWKIN M BK:154871C-L</t>
+          <t>ISU HAWKIN M BK:154871B-M</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>'801154871061</t>
+          <t>'801154871054</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I54" s="0">
         <v>64.99</v>
       </c>
       <c r="J54" s="0">
-        <v>44</v>
+        <v>32</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="0">
       <c r="A55" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/luhs8eh912aqhi10svulh/hawkin-154871-tn.jpg?rlkey=tmcw9i6goow1bn3osa4qwztld&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B55" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/u5z069a0m95cxxgsgyr64/mens-pullover-size-chartshawkin.jpg?rlkey=9ikzk4419p8hsiza9kkb7zgim&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>Hawkin Men's Quarter Snap Pullover</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t>'154871</t>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>ISU HAWKIN M BK:154871D-XL</t>
+          <t>ISU HAWKIN M BK:154871C-L</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>'801154871078</t>
+          <t>'801154871061</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I55" s="0">
         <v>64.99</v>
       </c>
       <c r="J55" s="0">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="0">
       <c r="A56" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/luhs8eh912aqhi10svulh/hawkin-154871-tn.jpg?rlkey=tmcw9i6goow1bn3osa4qwztld&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B56" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/u5z069a0m95cxxgsgyr64/mens-pullover-size-chartshawkin.jpg?rlkey=9ikzk4419p8hsiza9kkb7zgim&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>Hawkin Men's Quarter Snap Pullover</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t>'154871</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>ISU HAWKIN M BK:154871E-2XL</t>
+          <t>ISU HAWKIN M BK:154871D-XL</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>'801154871085</t>
+          <t>'801154871078</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I56" s="0">
         <v>64.99</v>
       </c>
       <c r="J56" s="0">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="0">
       <c r="A57" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/luhs8eh912aqhi10svulh/hawkin-154871-tn.jpg?rlkey=tmcw9i6goow1bn3osa4qwztld&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B57" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/u5z069a0m95cxxgsgyr64/mens-pullover-size-chartshawkin.jpg?rlkey=9ikzk4419p8hsiza9kkb7zgim&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>Hawkin Men's Quarter Snap Pullover</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t>'154871</t>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>ISU HAWKIN M BK:154871F-3XL</t>
+          <t>ISU HAWKIN M BK:154871E-2XL</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>'801154871092</t>
+          <t>'801154871085</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I57" s="0">
         <v>64.99</v>
       </c>
       <c r="J57" s="0">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="0">
       <c r="A58" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z20js4n6w8n2mrzdptnao/spencer-153611-f.jpg?rlkey=c42w2sv7t7cyo5doq4hjv7jmt&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/luhs8eh912aqhi10svulh/hawkin-154871-tn.jpg?rlkey=tmcw9i6goow1bn3osa4qwztld&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B58" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qw2i8zqwc5aho6nsxnpz2/mens-hoodie-size-chartsspencer-holden.jpg?rlkey=ndvje3oq4z6di5zqkvxwts5r5&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/u5z069a0m95cxxgsgyr64/mens-pullover-size-chartshawkin.jpg?rlkey=9ikzk4419p8hsiza9kkb7zgim&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>Spencer Heavyweight Men's Hoodie</t>
+          <t>Hawkin Men's Quarter Snap Pullover</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
-          <t>'153611</t>
+          <t>'154871</t>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>IOWA SPENCE M BK:153611A-S</t>
+          <t>ISU HAWKIN M BK:154871F-3XL</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>'801153611040</t>
+          <t>'801154871092</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I58" s="0">
-        <v>59.99</v>
+        <v>64.99</v>
       </c>
       <c r="J58" s="0">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="0">
       <c r="A59" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z20js4n6w8n2mrzdptnao/spencer-153611-f.jpg?rlkey=c42w2sv7t7cyo5doq4hjv7jmt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B59" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qw2i8zqwc5aho6nsxnpz2/mens-hoodie-size-chartsspencer-holden.jpg?rlkey=ndvje3oq4z6di5zqkvxwts5r5&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>Spencer Heavyweight Men's Hoodie</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t>'153611</t>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>IOWA SPENCE M BK:153611B-M</t>
+          <t>IOWA SPENCE M BK:153611A-S</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>'801153611057</t>
+          <t>'801153611040</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I59" s="0">
         <v>59.99</v>
       </c>
       <c r="J59" s="0">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="0">
       <c r="A60" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z20js4n6w8n2mrzdptnao/spencer-153611-f.jpg?rlkey=c42w2sv7t7cyo5doq4hjv7jmt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B60" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qw2i8zqwc5aho6nsxnpz2/mens-hoodie-size-chartsspencer-holden.jpg?rlkey=ndvje3oq4z6di5zqkvxwts5r5&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>Spencer Heavyweight Men's Hoodie</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t>'153611</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>IOWA SPENCE M BK:153611C-L</t>
+          <t>IOWA SPENCE M BK:153611B-M</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>'801153611064</t>
+          <t>'801153611057</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I60" s="0">
         <v>59.99</v>
       </c>
       <c r="J60" s="0">
-        <v>44</v>
+        <v>27</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="0">
       <c r="A61" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z20js4n6w8n2mrzdptnao/spencer-153611-f.jpg?rlkey=c42w2sv7t7cyo5doq4hjv7jmt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B61" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qw2i8zqwc5aho6nsxnpz2/mens-hoodie-size-chartsspencer-holden.jpg?rlkey=ndvje3oq4z6di5zqkvxwts5r5&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>Spencer Heavyweight Men's Hoodie</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t>'153611</t>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>IOWA SPENCE M BK:153611D-XL</t>
+          <t>IOWA SPENCE M BK:153611C-L</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>'801153611071</t>
+          <t>'801153611064</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I61" s="0">
         <v>59.99</v>
       </c>
       <c r="J61" s="0">
         <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="0">
       <c r="A62" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z20js4n6w8n2mrzdptnao/spencer-153611-f.jpg?rlkey=c42w2sv7t7cyo5doq4hjv7jmt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B62" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qw2i8zqwc5aho6nsxnpz2/mens-hoodie-size-chartsspencer-holden.jpg?rlkey=ndvje3oq4z6di5zqkvxwts5r5&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>Spencer Heavyweight Men's Hoodie</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t>'153611</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>IOWA SPENCE M BK:153611E-2XL</t>
+          <t>IOWA SPENCE M BK:153611D-XL</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>'801153611088</t>
+          <t>'801153611071</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I62" s="0">
         <v>59.99</v>
       </c>
       <c r="J62" s="0">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="0">
       <c r="A63" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z20js4n6w8n2mrzdptnao/spencer-153611-f.jpg?rlkey=c42w2sv7t7cyo5doq4hjv7jmt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B63" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qw2i8zqwc5aho6nsxnpz2/mens-hoodie-size-chartsspencer-holden.jpg?rlkey=ndvje3oq4z6di5zqkvxwts5r5&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>Spencer Heavyweight Men's Hoodie</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t>'153611</t>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>IOWA SPENCE M BK:153611F-3XL</t>
+          <t>IOWA SPENCE M BK:153611E-2XL</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>'801153611095</t>
+          <t>'801153611088</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I63" s="0">
         <v>59.99</v>
       </c>
       <c r="J63" s="0">
-        <v>13</v>
+        <v>27</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="0">
       <c r="A64" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/s2x17eko9rbxhtkpqh06r/editdsc014289431.jpg?rlkey=8l2tuksuhjh4dngtp6mz3dk3x&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z20js4n6w8n2mrzdptnao/spencer-153611-f.jpg?rlkey=c42w2sv7t7cyo5doq4hjv7jmt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B64" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n6jjgaizeb3wcy5tbr4lh/mens-button-down-size-chartsdelta-golf.jpg?rlkey=9cew7uocsdb63jlat9mj70brw&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qw2i8zqwc5aho6nsxnpz2/mens-hoodie-size-chartsspencer-holden.jpg?rlkey=ndvje3oq4z6di5zqkvxwts5r5&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>Delta 2 Men's Plaid Button Down</t>
+          <t>Spencer Heavyweight Men's Hoodie</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
-          <t>'143903</t>
+          <t>'153611</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>MTO DELTA M CL:143903A-S</t>
+          <t>IOWA SPENCE M BK:153611F-3XL</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>'801143903049</t>
+          <t>'801153611095</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I64" s="0">
-        <v>89.99</v>
+        <v>59.99</v>
       </c>
       <c r="J64" s="0">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="0">
       <c r="A65" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/s2x17eko9rbxhtkpqh06r/editdsc014289431.jpg?rlkey=8l2tuksuhjh4dngtp6mz3dk3x&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B65" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n6jjgaizeb3wcy5tbr4lh/mens-button-down-size-chartsdelta-golf.jpg?rlkey=9cew7uocsdb63jlat9mj70brw&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>Delta 2 Men's Plaid Button Down</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t>'143903</t>
         </is>
       </c>
+      <c r="E65" s="0" t="inlineStr">
+        <is>
+          <t>MTO DELTA M CL:143903A-S</t>
+        </is>
+      </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'801143903049</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I65" s="0">
         <v>89.99</v>
       </c>
       <c r="J65" s="0">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="0">
       <c r="A66" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/s2x17eko9rbxhtkpqh06r/editdsc014289431.jpg?rlkey=8l2tuksuhjh4dngtp6mz3dk3x&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B66" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n6jjgaizeb3wcy5tbr4lh/mens-button-down-size-chartsdelta-golf.jpg?rlkey=9cew7uocsdb63jlat9mj70brw&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>Delta 2 Men's Plaid Button Down</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t>'143903</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I66" s="0">
         <v>89.99</v>
       </c>
       <c r="J66" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="0">
       <c r="A67" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/s2x17eko9rbxhtkpqh06r/editdsc014289431.jpg?rlkey=8l2tuksuhjh4dngtp6mz3dk3x&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B67" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n6jjgaizeb3wcy5tbr4lh/mens-button-down-size-chartsdelta-golf.jpg?rlkey=9cew7uocsdb63jlat9mj70brw&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>Delta 2 Men's Plaid Button Down</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t>'143903</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I67" s="0">
         <v>89.99</v>
       </c>
       <c r="J67" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="0">
       <c r="A68" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/s2x17eko9rbxhtkpqh06r/editdsc014289431.jpg?rlkey=8l2tuksuhjh4dngtp6mz3dk3x&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B68" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n6jjgaizeb3wcy5tbr4lh/mens-button-down-size-chartsdelta-golf.jpg?rlkey=9cew7uocsdb63jlat9mj70brw&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>Delta 2 Men's Plaid Button Down</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t>'143903</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I68" s="0">
         <v>89.99</v>
       </c>
       <c r="J68" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="0">
       <c r="A69" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/s2x17eko9rbxhtkpqh06r/editdsc014289431.jpg?rlkey=8l2tuksuhjh4dngtp6mz3dk3x&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B69" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n6jjgaizeb3wcy5tbr4lh/mens-button-down-size-chartsdelta-golf.jpg?rlkey=9cew7uocsdb63jlat9mj70brw&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>Delta 2 Men's Plaid Button Down</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t>'143903</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I69" s="0">
         <v>89.99</v>
       </c>
       <c r="J69" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="0">
       <c r="A70" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7yw0vz0borx9z5wczjae2/144847t.jpg?rlkey=tozrk07u4kdkfsil5ho3onsmq&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/s2x17eko9rbxhtkpqh06r/editdsc014289431.jpg?rlkey=8l2tuksuhjh4dngtp6mz3dk3x&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B70" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n6jjgaizeb3wcy5tbr4lh/mens-button-down-size-chartsdelta-golf.jpg?rlkey=9cew7uocsdb63jlat9mj70brw&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>Fielder Men's Scuba Knit Hoodie</t>
+          <t>Delta 2 Men's Plaid Button Down</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
-          <t>'144847</t>
-[...4 lines deleted...]
-          <t>ISU FIELDE M BK:144847A-S</t>
+          <t>'143903</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>'801144847045</t>
+          <t>'000000000000</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I70" s="0">
-        <v>59.99</v>
+        <v>89.99</v>
       </c>
       <c r="J70" s="0">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="0">
       <c r="A71" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7yw0vz0borx9z5wczjae2/144847t.jpg?rlkey=tozrk07u4kdkfsil5ho3onsmq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>Fielder Men's Scuba Knit Hoodie</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t>'144847</t>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>ISU FIELDE M BK:144847B-M</t>
+          <t>ISU FIELDE M BK:144847A-S</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>'801144847052</t>
+          <t>'801144847045</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I71" s="0">
         <v>59.99</v>
       </c>
       <c r="J71" s="0">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="0">
       <c r="A72" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7yw0vz0borx9z5wczjae2/144847t.jpg?rlkey=tozrk07u4kdkfsil5ho3onsmq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>Fielder Men's Scuba Knit Hoodie</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t>'144847</t>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>ISU FIELDE M BK:144847C-L</t>
+          <t>ISU FIELDE M BK:144847B-M</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>'801144847069</t>
+          <t>'801144847052</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I72" s="0">
         <v>59.99</v>
       </c>
       <c r="J72" s="0">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="0">
       <c r="A73" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7yw0vz0borx9z5wczjae2/144847t.jpg?rlkey=tozrk07u4kdkfsil5ho3onsmq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>Fielder Men's Scuba Knit Hoodie</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t>'144847</t>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>ISU FIELDE M BK:144847D-XL</t>
+          <t>ISU FIELDE M BK:144847C-L</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>'801144847076</t>
+          <t>'801144847069</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I73" s="0">
         <v>59.99</v>
       </c>
       <c r="J73" s="0">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="0">
       <c r="A74" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7yw0vz0borx9z5wczjae2/144847t.jpg?rlkey=tozrk07u4kdkfsil5ho3onsmq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>Fielder Men's Scuba Knit Hoodie</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t>'144847</t>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>ISU FIELDE M BK:144847E-2XL</t>
+          <t>ISU FIELDE M BK:144847D-XL</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>'801144847083</t>
+          <t>'801144847076</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I74" s="0">
         <v>59.99</v>
       </c>
       <c r="J74" s="0">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="0">
       <c r="A75" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7yw0vz0borx9z5wczjae2/144847t.jpg?rlkey=tozrk07u4kdkfsil5ho3onsmq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>Fielder Men's Scuba Knit Hoodie</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t>'144847</t>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>ISU FIELDE M BK:144847F-3XL</t>
+          <t>ISU FIELDE M BK:144847E-2XL</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>'801144847090</t>
+          <t>'801144847083</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I75" s="0">
         <v>59.99</v>
       </c>
       <c r="J75" s="0">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="0">
       <c r="A76" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7yw0vz0borx9z5wczjae2/144847t.jpg?rlkey=tozrk07u4kdkfsil5ho3onsmq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>Fielder Men's Scuba Knit Hoodie</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t>'144847</t>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>ISU FIELDE M BK:144847Z-12PK</t>
+          <t>ISU FIELDE M BK:144847F-3XL</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>'801144847991</t>
+          <t>'801144847090</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I76" s="0">
-        <v>580.7</v>
+        <v>59.99</v>
       </c>
       <c r="J76" s="0">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="0">
       <c r="A77" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6e5shzzwzdclxfyi29sxp/143850.jpg?rlkey=stq52aayyrmnm8fvzq7mwxzqi&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jq5uxudxhoadvao5qmsr6/jersey-size-chartsherman-baseball-jersey.jpg?rlkey=tobk8zrdl426mcji19xl73wxy&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7yw0vz0borx9z5wczjae2/144847t.jpg?rlkey=tozrk07u4kdkfsil5ho3onsmq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
-          <t>Herman Adult Jersey</t>
+          <t>Fielder Men's Scuba Knit Hoodie</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
-          <t>'143850</t>
+          <t>'144847</t>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>ISU HERMAN M CL:143850AA-XS</t>
+          <t>ISU FIELDE M BK:144847Z-12PK</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>'801143850039</t>
+          <t>'801144847991</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I77" s="0">
-        <v>59.99</v>
+        <v>580.7</v>
       </c>
       <c r="J77" s="0">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="0">
       <c r="A78" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6e5shzzwzdclxfyi29sxp/143850.jpg?rlkey=stq52aayyrmnm8fvzq7mwxzqi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B78" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jq5uxudxhoadvao5qmsr6/jersey-size-chartsherman-baseball-jersey.jpg?rlkey=tobk8zrdl426mcji19xl73wxy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>Herman Adult Jersey</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t>'143850</t>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>ISU HERMAN M CL:143850A-S</t>
+          <t>ISU HERMAN M CL:143850AA-XS</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>'801143850046</t>
+          <t>'801143850039</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I78" s="0">
         <v>59.99</v>
       </c>
       <c r="J78" s="0">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="0">
       <c r="A79" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6e5shzzwzdclxfyi29sxp/143850.jpg?rlkey=stq52aayyrmnm8fvzq7mwxzqi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B79" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jq5uxudxhoadvao5qmsr6/jersey-size-chartsherman-baseball-jersey.jpg?rlkey=tobk8zrdl426mcji19xl73wxy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>Herman Adult Jersey</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t>'143850</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>ISU HERMAN M CL:143850B-M</t>
+          <t>ISU HERMAN M CL:143850A-S</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>'801143850053</t>
+          <t>'801143850046</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I79" s="0">
         <v>59.99</v>
       </c>
       <c r="J79" s="0">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="0">
       <c r="A80" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6e5shzzwzdclxfyi29sxp/143850.jpg?rlkey=stq52aayyrmnm8fvzq7mwxzqi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B80" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jq5uxudxhoadvao5qmsr6/jersey-size-chartsherman-baseball-jersey.jpg?rlkey=tobk8zrdl426mcji19xl73wxy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>Herman Adult Jersey</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t>'143850</t>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>ISU HERMAN M CL:143850C-L</t>
+          <t>ISU HERMAN M CL:143850B-M</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>'801143850060</t>
+          <t>'801143850053</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I80" s="0">
         <v>59.99</v>
       </c>
       <c r="J80" s="0">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="0">
       <c r="A81" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6e5shzzwzdclxfyi29sxp/143850.jpg?rlkey=stq52aayyrmnm8fvzq7mwxzqi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B81" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jq5uxudxhoadvao5qmsr6/jersey-size-chartsherman-baseball-jersey.jpg?rlkey=tobk8zrdl426mcji19xl73wxy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>Herman Adult Jersey</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t>'143850</t>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>ISU HERMAN M CL:143850D-XL</t>
+          <t>ISU HERMAN M CL:143850C-L</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>'801143850077</t>
+          <t>'801143850060</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I81" s="0">
         <v>59.99</v>
       </c>
       <c r="J81" s="0">
-        <v>34</v>
+        <v>29</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="0">
       <c r="A82" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6e5shzzwzdclxfyi29sxp/143850.jpg?rlkey=stq52aayyrmnm8fvzq7mwxzqi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B82" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jq5uxudxhoadvao5qmsr6/jersey-size-chartsherman-baseball-jersey.jpg?rlkey=tobk8zrdl426mcji19xl73wxy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>Herman Adult Jersey</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t>'143850</t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>ISU HERMAN M CL:143850E-2XL</t>
+          <t>ISU HERMAN M CL:143850D-XL</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>'801143850084</t>
+          <t>'801143850077</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I82" s="0">
         <v>59.99</v>
       </c>
       <c r="J82" s="0">
-        <v>22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="0">
       <c r="A83" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6e5shzzwzdclxfyi29sxp/143850.jpg?rlkey=stq52aayyrmnm8fvzq7mwxzqi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B83" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jq5uxudxhoadvao5qmsr6/jersey-size-chartsherman-baseball-jersey.jpg?rlkey=tobk8zrdl426mcji19xl73wxy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>Herman Adult Jersey</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t>'143850</t>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>ISU HERMAN M CL:143850F-3XL</t>
+          <t>ISU HERMAN M CL:143850E-2XL</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>'801143850091</t>
+          <t>'801143850084</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I83" s="0">
         <v>59.99</v>
       </c>
       <c r="J83" s="0">
-        <v>5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="0">
       <c r="A84" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw3gjn5cthi8eg61laqe1/longsleeve-1510431.jpg?rlkey=7ud9augysqiazqncgxg0dfl5c&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6e5shzzwzdclxfyi29sxp/143850.jpg?rlkey=stq52aayyrmnm8fvzq7mwxzqi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B84" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ls72g22kcp9k4mp4qkzik/womens-t-shirt-size-chartsmarilynn-ls.jpg?rlkey=slulh387jipogh9g7au1lewrb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jq5uxudxhoadvao5qmsr6/jersey-size-chartsherman-baseball-jersey.jpg?rlkey=tobk8zrdl426mcji19xl73wxy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
-          <t>Marilynn Women's Long Sleeve</t>
+          <t>Herman Adult Jersey</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
-          <t>'155292</t>
+          <t>'143850</t>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>ISU MAR2LS W GY:155292A-S</t>
+          <t>ISU HERMAN M CL:143850F-3XL</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>'801155292049</t>
+          <t>'801143850091</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I84" s="0">
-        <v>32.99</v>
+        <v>59.99</v>
       </c>
       <c r="J84" s="0">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="0">
       <c r="A85" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw3gjn5cthi8eg61laqe1/longsleeve-1510431.jpg?rlkey=7ud9augysqiazqncgxg0dfl5c&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B85" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ls72g22kcp9k4mp4qkzik/womens-t-shirt-size-chartsmarilynn-ls.jpg?rlkey=slulh387jipogh9g7au1lewrb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>Marilynn Women's Long Sleeve</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t>'155292</t>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>ISU MAR2LS W GY:155292B-M</t>
+          <t>ISU MAR2LS W GY:155292A-S</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>'801155292056</t>
+          <t>'801155292049</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I85" s="0">
         <v>32.99</v>
       </c>
       <c r="J85" s="0">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="0">
       <c r="A86" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw3gjn5cthi8eg61laqe1/longsleeve-1510431.jpg?rlkey=7ud9augysqiazqncgxg0dfl5c&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B86" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ls72g22kcp9k4mp4qkzik/womens-t-shirt-size-chartsmarilynn-ls.jpg?rlkey=slulh387jipogh9g7au1lewrb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>Marilynn Women's Long Sleeve</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t>'155292</t>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>ISU MAR2LS W GY:155292C-L</t>
+          <t>ISU MAR2LS W GY:155292B-M</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>'801155292063</t>
+          <t>'801155292056</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I86" s="0">
         <v>32.99</v>
       </c>
       <c r="J86" s="0">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="0">
       <c r="A87" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw3gjn5cthi8eg61laqe1/longsleeve-1510431.jpg?rlkey=7ud9augysqiazqncgxg0dfl5c&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B87" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ls72g22kcp9k4mp4qkzik/womens-t-shirt-size-chartsmarilynn-ls.jpg?rlkey=slulh387jipogh9g7au1lewrb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>Marilynn Women's Long Sleeve</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t>'155292</t>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>ISU MAR2LS W GY:155292D-XL</t>
+          <t>ISU MAR2LS W GY:155292C-L</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>'801155292070</t>
+          <t>'801155292063</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I87" s="0">
         <v>32.99</v>
       </c>
       <c r="J87" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="0">
       <c r="A88" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw3gjn5cthi8eg61laqe1/longsleeve-1510431.jpg?rlkey=7ud9augysqiazqncgxg0dfl5c&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B88" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ls72g22kcp9k4mp4qkzik/womens-t-shirt-size-chartsmarilynn-ls.jpg?rlkey=slulh387jipogh9g7au1lewrb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>Marilynn Women's Long Sleeve</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t>'155292</t>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>ISU MAR2LS W GY:155292E-2XL</t>
+          <t>ISU MAR2LS W GY:155292D-XL</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>'801155292087</t>
+          <t>'801155292070</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I88" s="0">
-        <v>34.99</v>
+        <v>32.99</v>
       </c>
       <c r="J88" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="0">
       <c r="A89" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw3gjn5cthi8eg61laqe1/longsleeve-1510431.jpg?rlkey=7ud9augysqiazqncgxg0dfl5c&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B89" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ls72g22kcp9k4mp4qkzik/womens-t-shirt-size-chartsmarilynn-ls.jpg?rlkey=slulh387jipogh9g7au1lewrb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>Marilynn Women's Long Sleeve</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t>'155292</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>ISU MAR2LS W GY:155292F-3XL</t>
+          <t>ISU MAR2LS W GY:155292E-2XL</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>'801155292094</t>
+          <t>'801155292087</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I89" s="0">
         <v>34.99</v>
       </c>
       <c r="J89" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="0">
       <c r="A90" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hha84niqp5lx21vg03jyt/screenshot-2025-07-28-at-12.52.58pm.png?rlkey=3rxb9focdopikuv53zk9042db&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw3gjn5cthi8eg61laqe1/longsleeve-1510431.jpg?rlkey=7ud9augysqiazqncgxg0dfl5c&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B90" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/bllpah8cy0zanpi8j07b0/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=x22hzgyz19wxufse3jyvxn9rx&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ls72g22kcp9k4mp4qkzik/womens-t-shirt-size-chartsmarilynn-ls.jpg?rlkey=slulh387jipogh9g7au1lewrb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
-          <t>Slate Men's Ultra-Soft T-Shirt</t>
+          <t>Marilynn Women's Long Sleeve</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
-          <t>'159212</t>
+          <t>'155292</t>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>ISU SLATE M WE:159212A-S</t>
+          <t>ISU MAR2LS W GY:155292F-3XL</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>'801159212043</t>
+          <t>'801155292094</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I90" s="0">
-        <v>29.99</v>
+        <v>34.99</v>
       </c>
       <c r="J90" s="0">
-        <v>31</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="0">
       <c r="A91" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hha84niqp5lx21vg03jyt/screenshot-2025-07-28-at-12.52.58pm.png?rlkey=3rxb9focdopikuv53zk9042db&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B91" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/bllpah8cy0zanpi8j07b0/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=x22hzgyz19wxufse3jyvxn9rx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>Slate Men's Ultra-Soft T-Shirt</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t>'159212</t>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>ISU SLATE M WE:159212B-M</t>
+          <t>ISU SLATE M WE:159212A-S</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>'801159212050</t>
+          <t>'801159212043</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I91" s="0">
         <v>29.99</v>
       </c>
       <c r="J91" s="0">
         <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="0">
       <c r="A92" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hha84niqp5lx21vg03jyt/screenshot-2025-07-28-at-12.52.58pm.png?rlkey=3rxb9focdopikuv53zk9042db&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B92" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/bllpah8cy0zanpi8j07b0/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=x22hzgyz19wxufse3jyvxn9rx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>Slate Men's Ultra-Soft T-Shirt</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t>'159212</t>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>ISU SLATE M WE:159212C-L</t>
+          <t>ISU SLATE M WE:159212B-M</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>'801159212067</t>
+          <t>'801159212050</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I92" s="0">
         <v>29.99</v>
       </c>
       <c r="J92" s="0">
         <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="0">
       <c r="A93" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hha84niqp5lx21vg03jyt/screenshot-2025-07-28-at-12.52.58pm.png?rlkey=3rxb9focdopikuv53zk9042db&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B93" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/bllpah8cy0zanpi8j07b0/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=x22hzgyz19wxufse3jyvxn9rx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>Slate Men's Ultra-Soft T-Shirt</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t>'159212</t>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>ISU SLATE M WE:159212D-XL</t>
+          <t>ISU SLATE M WE:159212C-L</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
-          <t>'801159212074</t>
+          <t>'801159212067</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I93" s="0">
         <v>29.99</v>
       </c>
       <c r="J93" s="0">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="0">
       <c r="A94" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hha84niqp5lx21vg03jyt/screenshot-2025-07-28-at-12.52.58pm.png?rlkey=3rxb9focdopikuv53zk9042db&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B94" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/bllpah8cy0zanpi8j07b0/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=x22hzgyz19wxufse3jyvxn9rx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>Slate Men's Ultra-Soft T-Shirt</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t>'159212</t>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>ISU SLATE M WE:159212E-2XL</t>
+          <t>ISU SLATE M WE:159212D-XL</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>'801159212081</t>
+          <t>'801159212074</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I94" s="0">
-        <v>31.99</v>
+        <v>29.99</v>
       </c>
       <c r="J94" s="0">
         <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="0">
       <c r="A95" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hha84niqp5lx21vg03jyt/screenshot-2025-07-28-at-12.52.58pm.png?rlkey=3rxb9focdopikuv53zk9042db&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B95" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/bllpah8cy0zanpi8j07b0/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=x22hzgyz19wxufse3jyvxn9rx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>Slate Men's Ultra-Soft T-Shirt</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t>'159212</t>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>ISU SLATE M WE:159212F-3XL</t>
+          <t>ISU SLATE M WE:159212E-2XL</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>'801159212098</t>
+          <t>'801159212081</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I95" s="0">
         <v>31.99</v>
       </c>
       <c r="J95" s="0">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" customHeight="0">
+      <c r="A96" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hha84niqp5lx21vg03jyt/screenshot-2025-07-28-at-12.52.58pm.png?rlkey=3rxb9focdopikuv53zk9042db&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B96" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/bllpah8cy0zanpi8j07b0/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=x22hzgyz19wxufse3jyvxn9rx&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C96" s="0" t="inlineStr">
+        <is>
+          <t>Slate Men's Ultra-Soft T-Shirt</t>
+        </is>
+      </c>
+      <c r="D96" s="0" t="inlineStr">
+        <is>
+          <t>'159212</t>
+        </is>
+      </c>
+      <c r="E96" s="0" t="inlineStr">
+        <is>
+          <t>ISU SLATE M WE:159212F-3XL</t>
+        </is>
+      </c>
+      <c r="F96" s="0" t="inlineStr">
+        <is>
+          <t>'801159212098</t>
+        </is>
+      </c>
+      <c r="G96" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H96" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
+        </is>
+      </c>
+      <c r="I96" s="0">
+        <v>31.99</v>
+      </c>
+      <c r="J96" s="0">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>