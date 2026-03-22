--- v0 (2026-01-31)
+++ v1 (2026-03-22)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J7"/>
+  <dimension ref="A1:J13"/>
   <sheetData>
     <row r="1" spans="1:10" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>ImageURL</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>SizeChart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Product Name</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Model</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>SKU</t>
@@ -369,50 +369,296 @@
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t>ISU RAMIR M BK:137839F-3XL</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>'801137839095</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I7" s="0">
         <v>139.99</v>
       </c>
       <c r="J7" s="0">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" customHeight="0">
+      <c r="A8" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fdvxy31w8o9gv2zfc2jxa/ramir-137838-f.jpg?rlkey=3fsvw9h8vorf8azhpfxvh82gw&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C8" s="0" t="inlineStr">
+        <is>
+          <t>Ramir Heavy-Duty Canvas Hooded Jacket</t>
+        </is>
+      </c>
+      <c r="D8" s="0" t="inlineStr">
+        <is>
+          <t>'137838</t>
+        </is>
+      </c>
+      <c r="E8" s="0" t="inlineStr">
+        <is>
+          <t>IOWA RAMIR M BK:137838A-S</t>
+        </is>
+      </c>
+      <c r="F8" s="0" t="inlineStr">
+        <is>
+          <t>'800137838046</t>
+        </is>
+      </c>
+      <c r="G8" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H8" s="0" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="I8" s="0">
+        <v>139.99</v>
+      </c>
+      <c r="J8" s="0">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" customHeight="0">
+      <c r="A9" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fdvxy31w8o9gv2zfc2jxa/ramir-137838-f.jpg?rlkey=3fsvw9h8vorf8azhpfxvh82gw&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C9" s="0" t="inlineStr">
+        <is>
+          <t>Ramir Heavy-Duty Canvas Hooded Jacket</t>
+        </is>
+      </c>
+      <c r="D9" s="0" t="inlineStr">
+        <is>
+          <t>'137838</t>
+        </is>
+      </c>
+      <c r="E9" s="0" t="inlineStr">
+        <is>
+          <t>IOWA RAMIR M BK:137838B-M</t>
+        </is>
+      </c>
+      <c r="F9" s="0" t="inlineStr">
+        <is>
+          <t>'800137838053</t>
+        </is>
+      </c>
+      <c r="G9" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H9" s="0" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="I9" s="0">
+        <v>139.99</v>
+      </c>
+      <c r="J9" s="0">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" customHeight="0">
+      <c r="A10" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fdvxy31w8o9gv2zfc2jxa/ramir-137838-f.jpg?rlkey=3fsvw9h8vorf8azhpfxvh82gw&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C10" s="0" t="inlineStr">
+        <is>
+          <t>Ramir Heavy-Duty Canvas Hooded Jacket</t>
+        </is>
+      </c>
+      <c r="D10" s="0" t="inlineStr">
+        <is>
+          <t>'137838</t>
+        </is>
+      </c>
+      <c r="E10" s="0" t="inlineStr">
+        <is>
+          <t>IOWA RAMIR M BK:137838C-L</t>
+        </is>
+      </c>
+      <c r="F10" s="0" t="inlineStr">
+        <is>
+          <t>'800137838060</t>
+        </is>
+      </c>
+      <c r="G10" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H10" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="I10" s="0">
+        <v>139.99</v>
+      </c>
+      <c r="J10" s="0">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" customHeight="0">
+      <c r="A11" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fdvxy31w8o9gv2zfc2jxa/ramir-137838-f.jpg?rlkey=3fsvw9h8vorf8azhpfxvh82gw&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C11" s="0" t="inlineStr">
+        <is>
+          <t>Ramir Heavy-Duty Canvas Hooded Jacket</t>
+        </is>
+      </c>
+      <c r="D11" s="0" t="inlineStr">
+        <is>
+          <t>'137838</t>
+        </is>
+      </c>
+      <c r="E11" s="0" t="inlineStr">
+        <is>
+          <t>IOWA RAMIR M BK:137838D-XL</t>
+        </is>
+      </c>
+      <c r="F11" s="0" t="inlineStr">
+        <is>
+          <t>'800137838077</t>
+        </is>
+      </c>
+      <c r="G11" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H11" s="0" t="inlineStr">
+        <is>
+          <t>XL</t>
+        </is>
+      </c>
+      <c r="I11" s="0">
+        <v>139.99</v>
+      </c>
+      <c r="J11" s="0">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" customHeight="0">
+      <c r="A12" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fdvxy31w8o9gv2zfc2jxa/ramir-137838-f.jpg?rlkey=3fsvw9h8vorf8azhpfxvh82gw&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C12" s="0" t="inlineStr">
+        <is>
+          <t>Ramir Heavy-Duty Canvas Hooded Jacket</t>
+        </is>
+      </c>
+      <c r="D12" s="0" t="inlineStr">
+        <is>
+          <t>'137838</t>
+        </is>
+      </c>
+      <c r="E12" s="0" t="inlineStr">
+        <is>
+          <t>IOWA RAMIR M BK:137838E-2XL</t>
+        </is>
+      </c>
+      <c r="F12" s="0" t="inlineStr">
+        <is>
+          <t>'800137838084</t>
+        </is>
+      </c>
+      <c r="G12" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H12" s="0" t="inlineStr">
+        <is>
+          <t>2XL</t>
+        </is>
+      </c>
+      <c r="I12" s="0">
+        <v>141.99</v>
+      </c>
+      <c r="J12" s="0">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" customHeight="0">
+      <c r="A13" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fdvxy31w8o9gv2zfc2jxa/ramir-137838-f.jpg?rlkey=3fsvw9h8vorf8azhpfxvh82gw&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C13" s="0" t="inlineStr">
+        <is>
+          <t>Ramir Heavy-Duty Canvas Hooded Jacket</t>
+        </is>
+      </c>
+      <c r="D13" s="0" t="inlineStr">
+        <is>
+          <t>'137838</t>
+        </is>
+      </c>
+      <c r="E13" s="0" t="inlineStr">
+        <is>
+          <t>IOWA RAMIR M BK:137838F-3XL</t>
+        </is>
+      </c>
+      <c r="F13" s="0" t="inlineStr">
+        <is>
+          <t>'800137838091</t>
+        </is>
+      </c>
+      <c r="G13" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H13" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
+        </is>
+      </c>
+      <c r="I13" s="0">
+        <v>141.99</v>
+      </c>
+      <c r="J13" s="0">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>