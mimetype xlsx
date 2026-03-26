--- v0 (2026-01-24)
+++ v1 (2026-03-26)
@@ -128,92 +128,92 @@
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Size Range</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Size</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>MSRP</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>AvailableQuantity</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:10" customHeight="0">
       <c r="A2" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5zn9m8jqvi37il6g67o8e/cms-thumbnails-10.jpg?rlkey=2urwnj1u94zoyodxjac9tcsux&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eqjs7w1acv26mhcw5iz9t/cms-tn-07.jpg?rlkey=dhs0564uqbgoi84my8u7sug2a&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>Maddox Signature Men's Rope Mesh Cap</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>'156824</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>IOWA MADDOX A BK:156824</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>'700156824009</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I2" s="0">
         <v>34.99</v>
       </c>
       <c r="J2" s="0">
         <v>143</v>
       </c>
     </row>
     <row r="3" spans="1:10" customHeight="0">
       <c r="A3" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0szmcguc1pyv13peb7ttj/cms-thumbnails-09.jpg?rlkey=o8j1xamnqbnxyo8b05077l8ew&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6umsdepajzm27wkr7ru4f/cms-tn-06.jpg?rlkey=xqztmye53rc301u7o86rytka1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>Ezra Signature Men's Rope Cap</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t>'155245</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>IOWA EZRA A BK:155245</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>'700155245003</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -246,169 +246,174 @@
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t>IOWA MADDOX M BK:160127</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>'700160127004</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I4" s="0">
         <v>34.99</v>
       </c>
       <c r="J4" s="0">
-        <v>112</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:10" customHeight="0">
       <c r="A5" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mfwf0haqozxk4bvqe6jam/ezra-160119-t.jpg?rlkey=622j99b0pdeypky5q8f2s4p73&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>Ezra Signature Men's Rope Cap</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t>'160119</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>IOWA EZRA M BK:160119</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>'700160119009</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I5" s="0">
         <v>39.99</v>
       </c>
       <c r="J5" s="0">
-        <v>142</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="0">
       <c r="A6" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59evuys7xtwd3754xcotd/ezra-160124-t.jpg?rlkey=tl3pbk9icqxyzszg7y33c2fpw&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>Ezra Signature Men's Cap</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t>'160124</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
           <t>IOWA EZRA M BK:160124</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>'700160124003</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I6" s="0">
         <v>39.99</v>
       </c>
       <c r="J6" s="0">
-        <v>142</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="0">
       <c r="A7" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8v8c7x3m07dbdesz80fsw/ezra-160122-t.jpg?rlkey=cs908296f1ijrqviy7juz7r5w&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>Ezra Signature Men's Rope Cap</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t>'160122</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t>IOWA EZRA M WE:160122</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>'700160122009</t>
         </is>
       </c>
+      <c r="G7" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>STANDARD:58CM</t>
         </is>
       </c>
       <c r="I7" s="0">
         <v>39.99</v>
       </c>
       <c r="J7" s="0">
-        <v>136</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="0">
       <c r="A8" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a393kmmgxxcd796rdbou5/maddox-160133-t.jpg?rlkey=qa2wc64rlqnw4szcymjwu9sn3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>Maddox Signature Men's Rope Cap</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t>'160133</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t>IA MADDOX M BK:160133</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>'700160133005</t>
         </is>
@@ -446,51 +451,51 @@
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>IOWA MADDOX M GD:160126</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>'700160126007</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I9" s="0">
         <v>34.99</v>
       </c>
       <c r="J9" s="0">
-        <v>142</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="0">
       <c r="A10" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yseuvptwiooewl7z4ic5f/deacon-160150-t.jpg?rlkey=yboka854oiaap474su8q577rz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>Deacon Signature Men's Stretch Fit Cap</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t>'160150</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>IOWA DEACON SM BK:160150</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>'700160150064</t>
         </is>
@@ -569,92 +574,92 @@
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t>IOWA DEACON SM BK:160149</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>'700160149068</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>S/M</t>
         </is>
       </c>
       <c r="I12" s="0">
         <v>29.99</v>
       </c>
       <c r="J12" s="0">
-        <v>72</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="0">
       <c r="A13" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/oznyk9woy3q1yw6ewheyp/deacon-160149-t.jpg?rlkey=2d5q3czytpeuqr534lzajmepk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>Deacon Signature Men's Stretch Fit Cap</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t>'160149</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
           <t>IOWA DEACON LXL BK:160149</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t>'700160149075</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>L/XL</t>
         </is>
       </c>
       <c r="I13" s="0">
         <v>29.99</v>
       </c>
       <c r="J13" s="0">
-        <v>72</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>