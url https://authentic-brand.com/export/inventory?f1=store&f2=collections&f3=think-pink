--- v0 (2026-01-27)
+++ v1 (2026-03-30)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J36"/>
+  <dimension ref="A1:J38"/>
   <sheetData>
     <row r="1" spans="1:10" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>ImageURL</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>SizeChart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Product Name</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Model</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>SKU</t>
@@ -588,988 +588,1070 @@
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>'800100122011</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I12" s="0">
         <v>15.99</v>
       </c>
       <c r="J12" s="0">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="0">
       <c r="A13" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qf4qvsruc2fnmtc1wmc5x/af.jpg?rlkey=loazjxbu67yl4wfyh588l0a31&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yzwn14vbwt73ik7jbj3tk/size-chart-ladies-e.jpg?rlkey=6jemq6aiqo8b0ndik5mlhhw2n&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5cr67h8qs3dhtoyt6sstc/100138-wht-af.jpg?rlkey=eu3i20end6w187nc1z5fi2yq5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>Alexa Breast Cancer Long Sleeve Henley</t>
+          <t>Breast Cancer Women's Long Sleeve T-Shirt</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
-          <t>'100123</t>
+          <t>'100138</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:100123A-S</t>
+          <t>THINK PINK:100138B-M</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>'800100123018</t>
+          <t>'800100138029</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I13" s="0">
-        <v>25.99</v>
+        <v>15.99</v>
       </c>
       <c r="J13" s="0">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="0">
       <c r="A14" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4jckn5hru9r4fa22oc8rh/98402-af21665.jpg?rlkey=zeedhim0wmyvyuod7nei5shpc&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qf4qvsruc2fnmtc1wmc5x/af.jpg?rlkey=loazjxbu67yl4wfyh588l0a31&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B14" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4qk0d470rl9vo6fjp2srn/ladies-b.jpg?rlkey=eqdc9msz5ruhe0v413mebxid2&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yzwn14vbwt73ik7jbj3tk/size-chart-ladies-e.jpg?rlkey=6jemq6aiqo8b0ndik5mlhhw2n&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>Stephanie Breast Cancer Sweatshirt</t>
+          <t>Alexa Breast Cancer Long Sleeve Henley</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
-          <t>'100124</t>
+          <t>'100123</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:100124A-S</t>
+          <t>THINK PINK:100123A-S</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>'800100124015</t>
+          <t>'800100123018</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I14" s="0">
         <v>25.99</v>
       </c>
       <c r="J14" s="0">
-        <v>46</v>
+        <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="0">
       <c r="A15" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4jckn5hru9r4fa22oc8rh/98402-af21665.jpg?rlkey=zeedhim0wmyvyuod7nei5shpc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B15" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4qk0d470rl9vo6fjp2srn/ladies-b.jpg?rlkey=eqdc9msz5ruhe0v413mebxid2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>Stephanie Breast Cancer Sweatshirt</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t>'100124</t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:100124C-L</t>
+          <t>THINK PINK:100124A-S</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>'800100124039</t>
+          <t>'800100124015</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I15" s="0">
         <v>25.99</v>
       </c>
       <c r="J15" s="0">
-        <v>38</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="0">
       <c r="A16" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2eviil4k4cfkkduzmqpeb/94289f-pocket26200.jpg?rlkey=obb8072p9pq978nvgan863hqu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4jckn5hru9r4fa22oc8rh/98402-af21665.jpg?rlkey=zeedhim0wmyvyuod7nei5shpc&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B16" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4qk0d470rl9vo6fjp2srn/ladies-b.jpg?rlkey=eqdc9msz5ruhe0v413mebxid2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>Fleece Breast Cancer Scarf</t>
+          <t>Stephanie Breast Cancer Sweatshirt</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
-          <t>'99627</t>
+          <t>'100124</t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:99627-SCARF</t>
+          <t>THINK PINK:100124C-L</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>'900099627013</t>
+          <t>'800100124039</t>
+        </is>
+      </c>
+      <c r="G16" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H16" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
         </is>
       </c>
       <c r="I16" s="0">
-        <v>17.99</v>
+        <v>25.99</v>
       </c>
       <c r="J16" s="0">
-        <v>122</v>
+        <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="0">
       <c r="A17" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8gl98dzrg8ykunrkavkls/stringbagf88575.jpg?rlkey=3p0b2yf18sub2mpyip4v234n0&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2eviil4k4cfkkduzmqpeb/94289f-pocket26200.jpg?rlkey=obb8072p9pq978nvgan863hqu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>Breast Cancer String Bag</t>
+          <t>Fleece Breast Cancer Scarf</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
-          <t>'100126</t>
+          <t>'99627</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:100126-CINCH BAG</t>
+          <t>THINK PINK:99627-SCARF</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>'900100126016</t>
+          <t>'900099627013</t>
         </is>
       </c>
       <c r="I17" s="0">
-        <v>15.99</v>
+        <v>17.99</v>
       </c>
       <c r="J17" s="0">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="0">
       <c r="A18" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6gqimgwawqk5dh1vsizvc/af.jpg?rlkey=99jdyrqgn64fgqakszlwzk8iu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8gl98dzrg8ykunrkavkls/stringbagf88575.jpg?rlkey=3p0b2yf18sub2mpyip4v234n0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>Grayson Breast Cancer Collapsible Duffle Bag</t>
+          <t>Breast Cancer String Bag</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
-          <t>'100130</t>
+          <t>'100126</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:100130-BAG</t>
+          <t>THINK PINK:100126-CINCH BAG</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>'900100130013</t>
+          <t>'900100126016</t>
         </is>
       </c>
       <c r="I18" s="0">
-        <v>34.99</v>
+        <v>15.99</v>
       </c>
       <c r="J18" s="0">
-        <v>127</v>
+        <v>121</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="0">
       <c r="A19" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/na9oa2vb2dbt7e6wltjsh/99616af60566.jpg?rlkey=i95trnmqthjguukejab2dp53n&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6gqimgwawqk5dh1vsizvc/af.jpg?rlkey=99jdyrqgn64fgqakszlwzk8iu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>Knot Breast Cancer Visor</t>
+          <t>Grayson Breast Cancer Collapsible Duffle Bag</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
-          <t>'99616</t>
+          <t>'100130</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:99616</t>
+          <t>THINK PINK:100130-BAG</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>'700099616013</t>
-[...9 lines deleted...]
-          <t>WOMENS</t>
+          <t>'900100130013</t>
         </is>
       </c>
       <c r="I19" s="0">
-        <v>15.99</v>
+        <v>34.99</v>
       </c>
       <c r="J19" s="0">
-        <v>137</v>
+        <v>127</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="0">
       <c r="A20" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/znqf28n1d495w04uh6792/af.jpg?rlkey=w0zk18j93bmwy4sotx5notlsa&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/na9oa2vb2dbt7e6wltjsh/99616af60566.jpg?rlkey=i95trnmqthjguukejab2dp53n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>Jasmine Breast Cancer Runner</t>
+          <t>Knot Breast Cancer Visor</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
-          <t>'99618</t>
+          <t>'99616</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:99618</t>
+          <t>THINK PINK:99616</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>'700099618017</t>
+          <t>'700099616013</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I20" s="0">
         <v>15.99</v>
       </c>
       <c r="J20" s="0">
-        <v>149</v>
+        <v>137</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="0">
       <c r="A21" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uyjva3zcammtodclj3hf4/af.jpg?rlkey=d6i9z6xa4g2oxw953r6flynw1&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/znqf28n1d495w04uh6792/af.jpg?rlkey=w0zk18j93bmwy4sotx5notlsa&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>Blaze Breast Cancer Cap</t>
+          <t>Jasmine Breast Cancer Runner</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
-          <t>'99619</t>
+          <t>'99618</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:99619</t>
+          <t>THINK PINK:99618</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>'700099619014</t>
+          <t>'700099618017</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I21" s="0">
         <v>15.99</v>
       </c>
       <c r="J21" s="0">
-        <v>122</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="0">
       <c r="A22" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m935b54igmf2grpu15od5/af.jpg?rlkey=c99hi3g1dtgtq0jfz8unmvkjr&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uyjva3zcammtodclj3hf4/af.jpg?rlkey=d6i9z6xa4g2oxw953r6flynw1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>Lexi Breast Cancer Cap</t>
+          <t>Blaze Breast Cancer Cap</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
-          <t>'99642</t>
+          <t>'99619</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:99642</t>
+          <t>THINK PINK:99619</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>'700099642012</t>
+          <t>'700099619014</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I22" s="0">
         <v>15.99</v>
       </c>
       <c r="J22" s="0">
-        <v>106</v>
+        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="0">
       <c r="A23" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xkbe9p9srgafvr7jsyluw/99620af72827.jpg?rlkey=fbbr0cn2x1nu4zcis7dm7l3ef&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m935b54igmf2grpu15od5/af.jpg?rlkey=c99hi3g1dtgtq0jfz8unmvkjr&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>Alaina Breast Cancer Cap</t>
+          <t>Lexi Breast Cancer Cap</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
-          <t>'99620</t>
+          <t>'99642</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:99620</t>
+          <t>THINK PINK:99642</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>'700099620010</t>
+          <t>'700099642012</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I23" s="0">
         <v>15.99</v>
       </c>
       <c r="J23" s="0">
-        <v>130</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="0">
       <c r="A24" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/u34smrx2bh29xs037wy87/benita99624af66762.jpg?rlkey=vb3ms30r92dz31jehaymaa943&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xkbe9p9srgafvr7jsyluw/99620af72827.jpg?rlkey=fbbr0cn2x1nu4zcis7dm7l3ef&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>Benita Breast Cancer Cap</t>
+          <t>Alaina Breast Cancer Cap</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
-          <t>'99624</t>
+          <t>'99620</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>PINK BENITA W PK:99624</t>
+          <t>THINK PINK:99620</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>'700099624018</t>
+          <t>'700099620010</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I24" s="0">
         <v>15.99</v>
       </c>
       <c r="J24" s="0">
-        <v>52</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="0">
       <c r="A25" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lsjz7fq7i2rzh23c239do/099622af35844.jpg?rlkey=wpwevprseny4vqckwyfya0t1i&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/u34smrx2bh29xs037wy87/benita99624af66762.jpg?rlkey=vb3ms30r92dz31jehaymaa943&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>Loxley Breast Cancer Earband</t>
+          <t>Benita Breast Cancer Cap</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
-          <t>'99622</t>
+          <t>'99624</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:99622</t>
+          <t>PINK BENITA W PK:99624</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>'700099622014</t>
+          <t>'700099624018</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
+      <c r="H25" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
       <c r="I25" s="0">
         <v>15.99</v>
       </c>
       <c r="J25" s="0">
-        <v>103</v>
+        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="0">
       <c r="A26" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eobmw8z9n7i7r7sji42bi/af.png?rlkey=lc19pwdclp32nfb6m6jg72633&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tk41vw0dpb7k2i1uona1r/benita99624-1af79035.jpg?rlkey=il774db6gj5gd33cx4ax8ksge&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>Emerson Breast Cancer Beanie</t>
+          <t>Benita Breast Cancer Cap</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
-          <t>'99623</t>
+          <t>'99624</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:99623-BEANIE</t>
+          <t>PINK BENITA W WE:99624</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>'700099623011</t>
+          <t>'700099624025</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
+      <c r="H26" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
       <c r="I26" s="0">
         <v>15.99</v>
       </c>
       <c r="J26" s="0">
-        <v>98</v>
+        <v>46</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="0">
       <c r="A27" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fzvgekgwivjtkuczuhgzm/af.jpg?rlkey=51lomjknytryqkgk0wam902q9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lsjz7fq7i2rzh23c239do/099622af35844.jpg?rlkey=wpwevprseny4vqckwyfya0t1i&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>Anne Breast Cancer Beanie</t>
+          <t>Loxley Breast Cancer Earband</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
-          <t>'99626</t>
+          <t>'99622</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:99626-BEANIE</t>
+          <t>THINK PINK:99622</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>'700099626012</t>
+          <t>'700099622014</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
-      <c r="H27" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I27" s="0">
         <v>15.99</v>
       </c>
       <c r="J27" s="0">
-        <v>125</v>
+        <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="0">
       <c r="A28" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/39km9uiedpusl9nw9hjfu/garret100128-af95395.png?rlkey=ribz1bm7kyv1jnu6agz04i4is&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eobmw8z9n7i7r7sji42bi/af.png?rlkey=lc19pwdclp32nfb6m6jg72633&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>Garret Breast Cancer Duffle</t>
+          <t>Emerson Breast Cancer Beanie</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
-          <t>'100128</t>
+          <t>'99623</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:100128-DUFFLE</t>
+          <t>THINK PINK:99623-BEANIE</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'700099623011</t>
+        </is>
+      </c>
+      <c r="G28" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="I28" s="0">
-        <v>24.99</v>
+        <v>15.99</v>
       </c>
       <c r="J28" s="0">
-        <v>131</v>
+        <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="0">
       <c r="A29" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/oyx5gn64meiqqnmkh0q26/xavier-99621-1-f.jpg?rlkey=1zchs766ruv33dftf7kzp1bt9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fzvgekgwivjtkuczuhgzm/af.jpg?rlkey=51lomjknytryqkgk0wam902q9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>Xavior Breast Cancer Beanie</t>
+          <t>Anne Breast Cancer Beanie</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
-          <t>'102353</t>
+          <t>'99626</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:102353-PINK</t>
+          <t>THINK PINK:99626-BEANIE</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'700099626012</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>OSFM</t>
         </is>
       </c>
       <c r="I29" s="0">
-        <v>16.99</v>
+        <v>15.99</v>
       </c>
       <c r="J29" s="0">
-        <v>58</v>
+        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="0">
       <c r="A30" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aikq2hxn0pez8f2yrnsfp/staci-99625-f.jpg?rlkey=zeqsns6b00l5f1og9jznvps7o&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/39km9uiedpusl9nw9hjfu/garret100128-af95395.png?rlkey=ribz1bm7kyv1jnu6agz04i4is&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>Staci Breast Cancer Beanie</t>
+          <t>Garret Breast Cancer Duffle</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
-          <t>'99625</t>
+          <t>'100128</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>PINK STACI W PK:99625</t>
+          <t>THINK PINK:100128-DUFFLE</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
-      <c r="G30" s="0" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="I30" s="0">
-        <v>16.99</v>
+        <v>24.99</v>
       </c>
       <c r="J30" s="0">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="0">
       <c r="A31" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/93gspl98li7pv0b09zxuf/stella-99617-af.jpg?rlkey=wvn3j5dubtjiohrl8riyrz5um&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/oyx5gn64meiqqnmkh0q26/xavier-99621-1-f.jpg?rlkey=1zchs766ruv33dftf7kzp1bt9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>Stella Breast Cancer Headband</t>
+          <t>Xavior Breast Cancer Beanie</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
-          <t>'99617</t>
+          <t>'102353</t>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:99617</t>
+          <t>THINK PINK:102353-PINK</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I31" s="0">
         <v>16.99</v>
       </c>
       <c r="J31" s="0">
-        <v>132</v>
+        <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="0">
       <c r="A32" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vejeg247zsbcwpmd7e24v/102343-f.jpg?rlkey=bxmn9mm2rszfsahdjwwju6yfb&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aikq2hxn0pez8f2yrnsfp/staci-99625-f.jpg?rlkey=zeqsns6b00l5f1og9jznvps7o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>Cora Breast Cancer Women's Long Sleeve</t>
+          <t>Staci Breast Cancer Beanie</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
-          <t>'102343</t>
+          <t>'99625</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>PINK CORA:102343A-S</t>
+          <t>PINK STACI W PK:99625</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="I32" s="0">
-        <v>19.99</v>
+        <v>16.99</v>
       </c>
       <c r="J32" s="0">
-        <v>76</v>
+        <v>132</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="0">
       <c r="A33" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vejeg247zsbcwpmd7e24v/102343-f.jpg?rlkey=bxmn9mm2rszfsahdjwwju6yfb&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/93gspl98li7pv0b09zxuf/stella-99617-af.jpg?rlkey=wvn3j5dubtjiohrl8riyrz5um&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>Cora Breast Cancer Women's Long Sleeve</t>
+          <t>Stella Breast Cancer Headband</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
-          <t>'102343</t>
+          <t>'99617</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>PINK CORA:102343B-M</t>
+          <t>THINK PINK:99617</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="I33" s="0">
-        <v>19.99</v>
+        <v>16.99</v>
       </c>
       <c r="J33" s="0">
-        <v>76</v>
+        <v>132</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="0">
       <c r="A34" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vejeg247zsbcwpmd7e24v/102343-f.jpg?rlkey=bxmn9mm2rszfsahdjwwju6yfb&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>Cora Breast Cancer Women's Long Sleeve</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t>'102343</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>PINK CORA:102343C-L</t>
+          <t>PINK CORA:102343A-S</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I34" s="0">
         <v>19.99</v>
       </c>
       <c r="J34" s="0">
         <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="0">
       <c r="A35" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qttr25iaj4k0ea4lchmzg/100114-af.jpg?rlkey=ld5m5zppm3czwi28btf19iue0&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vejeg247zsbcwpmd7e24v/102343-f.jpg?rlkey=bxmn9mm2rszfsahdjwwju6yfb&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>Melinda Breast Cancer T-Shirt</t>
+          <t>Cora Breast Cancer Women's Long Sleeve</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
-          <t>'100114</t>
+          <t>'102343</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>THINK PINK:100114B-M</t>
+          <t>PINK CORA:102343B-M</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I35" s="0">
-        <v>15.99</v>
+        <v>19.99</v>
       </c>
       <c r="J35" s="0">
-        <v>36</v>
+        <v>76</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="0">
       <c r="A36" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vejeg247zsbcwpmd7e24v/102343-f.jpg?rlkey=bxmn9mm2rszfsahdjwwju6yfb&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C36" s="0" t="inlineStr">
+        <is>
+          <t>Cora Breast Cancer Women's Long Sleeve</t>
+        </is>
+      </c>
+      <c r="D36" s="0" t="inlineStr">
+        <is>
+          <t>'102343</t>
+        </is>
+      </c>
+      <c r="E36" s="0" t="inlineStr">
+        <is>
+          <t>PINK CORA:102343C-L</t>
+        </is>
+      </c>
+      <c r="F36" s="0" t="inlineStr">
+        <is>
+          <t>'000000000000</t>
+        </is>
+      </c>
+      <c r="G36" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H36" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="I36" s="0">
+        <v>19.99</v>
+      </c>
+      <c r="J36" s="0">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" customHeight="0">
+      <c r="A37" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qttr25iaj4k0ea4lchmzg/100114-af.jpg?rlkey=ld5m5zppm3czwi28btf19iue0&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C37" s="0" t="inlineStr">
+        <is>
+          <t>Melinda Breast Cancer T-Shirt</t>
+        </is>
+      </c>
+      <c r="D37" s="0" t="inlineStr">
+        <is>
+          <t>'100114</t>
+        </is>
+      </c>
+      <c r="E37" s="0" t="inlineStr">
+        <is>
+          <t>THINK PINK:100114B-M</t>
+        </is>
+      </c>
+      <c r="F37" s="0" t="inlineStr">
+        <is>
+          <t>'000000000000</t>
+        </is>
+      </c>
+      <c r="G37" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H37" s="0" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="I37" s="0">
+        <v>15.99</v>
+      </c>
+      <c r="J37" s="0">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" customHeight="0">
+      <c r="A38" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pi9i09g8m587kswkhm53t/af.jpg?rlkey=5p578goxuozdyxzi8v8dbed4b&amp;dl=0","Click to download Image")</f>
       </c>
-      <c r="C36" s="0" t="inlineStr">
+      <c r="C38" s="0" t="inlineStr">
         <is>
           <t>Pink Enzyme Wash Breast Cancer Cap</t>
         </is>
       </c>
-      <c r="D36" s="0" t="inlineStr">
+      <c r="D38" s="0" t="inlineStr">
         <is>
           <t>'99615</t>
         </is>
       </c>
-      <c r="E36" s="0" t="inlineStr">
+      <c r="E38" s="0" t="inlineStr">
         <is>
           <t>THINK PINK:99615</t>
         </is>
       </c>
-      <c r="F36" s="0" t="inlineStr">
+      <c r="F38" s="0" t="inlineStr">
         <is>
           <t>'700099615016</t>
         </is>
       </c>
-      <c r="G36" s="0" t="inlineStr">
-[...12 lines deleted...]
-      <c r="J36" s="0">
+      <c r="G38" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H38" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="I38" s="0">
+        <v>15.99</v>
+      </c>
+      <c r="J38" s="0">
         <v>277</v>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>