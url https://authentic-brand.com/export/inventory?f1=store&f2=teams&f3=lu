--- v0 (2026-01-27)
+++ v1 (2026-03-18)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J10"/>
+  <dimension ref="A1:J12"/>
   <sheetData>
     <row r="1" spans="1:10" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>ImageURL</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>SizeChart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Product Name</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Model</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>SKU</t>
@@ -164,373 +164,455 @@
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>LYL EZRA A BK:133236</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>'715133236003</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="I2" s="0">
         <v>34.99</v>
       </c>
       <c r="J2" s="0">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10" customHeight="0">
       <c r="A3" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h5k79f46l2w6ypbvocfya/desmond-133238-af.jpg?rlkey=g8zo84gy677h0m4wcwnjwrlcc&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nbxrod5jmg7t2qmiouymp/133240-af.jpg?rlkey=xa5i6y8q4swyzb5x2mprxmtat&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>Desmond Men's Cap</t>
+          <t>Fletcher Men's Camo Microfiber Cap</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>'133238</t>
+          <t>'133240</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>LYL DESMON A BK:133238</t>
+          <t>LYL FLETCH A CO:133240</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>'715133238007</t>
+          <t>'715133240000</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>STANDARD MENS</t>
+          <t>STANDARD:58CM</t>
         </is>
       </c>
       <c r="I3" s="0">
-        <v>24.99</v>
+        <v>29.99</v>
       </c>
       <c r="J3" s="0">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:10" customHeight="0">
       <c r="A4" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/25juz8qce0ezo3djkx73f/104344-af.jpg?rlkey=0rpwdk1f8a0syn9kkt5p2eu2f&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o3tnk4qofcx3bhng61miq/133239-af.jpg?rlkey=5m8p7eof1v7921gw08zy50n1t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>Cobie Youth Cap</t>
+          <t>Fletcher Men's Camo Microfiber Cap</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
-          <t>'104344</t>
+          <t>'133239</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>COBIE:104344</t>
+          <t>WCH FLETCH A CO:133239</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'708133239006</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>STANDARD:58CM</t>
         </is>
       </c>
       <c r="I4" s="0">
-        <v>20.99</v>
+        <v>29.99</v>
       </c>
       <c r="J4" s="0">
-        <v>143</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:10" customHeight="0">
       <c r="A5" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/61dddz6it3d6gfw1bath6/104274-af.jpg?rlkey=18jc22zmwt71igyhkznyo1kci&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h5k79f46l2w6ypbvocfya/desmond-133238-af.jpg?rlkey=g8zo84gy677h0m4wcwnjwrlcc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>Gunner Men's Cap</t>
+          <t>Desmond Men's Cap</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
-          <t>'104274</t>
+          <t>'133238</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>GUNNER:104274</t>
+          <t>LYL DESMON A BK:133238</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'715133238007</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I5" s="0">
-        <v>19.99</v>
+        <v>24.99</v>
       </c>
       <c r="J5" s="0">
-        <v>102</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="0">
       <c r="A6" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pbrs35c7q6zhak381rx1u/104292af.jpg?rlkey=cd6jt2c16pc4ziuhctr8n0phc&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/25juz8qce0ezo3djkx73f/104344-af.jpg?rlkey=0rpwdk1f8a0syn9kkt5p2eu2f&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>Farrah Women's Cap</t>
+          <t>Cobie Youth Cap</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
-          <t>'04292</t>
+          <t>'104344</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>FARRAH:104292</t>
+          <t>COBIE:104344</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="I6" s="0">
-        <v>19.99</v>
+        <v>20.99</v>
       </c>
       <c r="J6" s="0">
-        <v>21</v>
+        <v>143</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="0">
       <c r="A7" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9b5wh0irfyzv2fbfi12gg/104314-af.jpg?rlkey=7jufbjx3j2qciihrn0kd6jtj6&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/61dddz6it3d6gfw1bath6/104274-af.jpg?rlkey=18jc22zmwt71igyhkznyo1kci&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>Gordon Men's Marled Cotton Cap</t>
+          <t>Gunner Men's Cap</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
-          <t>'104314</t>
+          <t>'104274</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>GORDON:104314</t>
+          <t>GUNNER:104274</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I7" s="0">
-        <v>24.99</v>
+        <v>19.99</v>
       </c>
       <c r="J7" s="0">
-        <v>34</v>
+        <v>102</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="0">
       <c r="A8" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nmlyxaof808ncchdrcpr4/104282-af.jpg?rlkey=jzqhe357rxob71irdu7kai1ee&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pbrs35c7q6zhak381rx1u/104292af.jpg?rlkey=cd6jt2c16pc4ziuhctr8n0phc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>Mick Men's Cap</t>
+          <t>Farrah Women's Cap</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
-          <t>'104282</t>
+          <t>'04292</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>MICK:104282</t>
+          <t>FARRAH:104292</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>STANDARD MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="I8" s="0">
-        <v>24.99</v>
+        <v>19.99</v>
       </c>
       <c r="J8" s="0">
-        <v>66</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="0">
       <c r="A9" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/afjjgiiuca7v4h599fx0a/104305-af.jpg?rlkey=ik5lx391rtjn8maqt735vtbig&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9b5wh0irfyzv2fbfi12gg/104314-af.jpg?rlkey=7jufbjx3j2qciihrn0kd6jtj6&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>Sloan Women's Cap</t>
+          <t>Gordon Men's Marled Cotton Cap</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>'104305</t>
+          <t>'104314</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>SLOAN:104305</t>
+          <t>GORDON:104314</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I9" s="0">
-        <v>22</v>
+        <v>24.99</v>
       </c>
       <c r="J9" s="0">
-        <v>143</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="0">
       <c r="A10" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nmlyxaof808ncchdrcpr4/104282-af.jpg?rlkey=jzqhe357rxob71irdu7kai1ee&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C10" s="0" t="inlineStr">
+        <is>
+          <t>Mick Men's Cap</t>
+        </is>
+      </c>
+      <c r="D10" s="0" t="inlineStr">
+        <is>
+          <t>'104282</t>
+        </is>
+      </c>
+      <c r="E10" s="0" t="inlineStr">
+        <is>
+          <t>MICK:104282</t>
+        </is>
+      </c>
+      <c r="F10" s="0" t="inlineStr">
+        <is>
+          <t>'000000000000</t>
+        </is>
+      </c>
+      <c r="G10" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H10" s="0" t="inlineStr">
+        <is>
+          <t>STANDARD MENS</t>
+        </is>
+      </c>
+      <c r="I10" s="0">
+        <v>24.99</v>
+      </c>
+      <c r="J10" s="0">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" customHeight="0">
+      <c r="A11" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/afjjgiiuca7v4h599fx0a/104305-af.jpg?rlkey=ik5lx391rtjn8maqt735vtbig&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C11" s="0" t="inlineStr">
+        <is>
+          <t>Sloan Women's Cap</t>
+        </is>
+      </c>
+      <c r="D11" s="0" t="inlineStr">
+        <is>
+          <t>'104305</t>
+        </is>
+      </c>
+      <c r="E11" s="0" t="inlineStr">
+        <is>
+          <t>SLOAN:104305</t>
+        </is>
+      </c>
+      <c r="F11" s="0" t="inlineStr">
+        <is>
+          <t>'000000000000</t>
+        </is>
+      </c>
+      <c r="G11" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H11" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="I11" s="0">
+        <v>22</v>
+      </c>
+      <c r="J11" s="0">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" customHeight="0">
+      <c r="A12" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cgwzl3rqsn6dk7sg0jwc9/104356-af.jpg?rlkey=uj60bb565bboqldwd2uhk1w8n&amp;dl=0","Click to download Image")</f>
       </c>
-      <c r="C10" s="0" t="inlineStr">
+      <c r="C12" s="0" t="inlineStr">
         <is>
           <t>Myers Men's Cap</t>
         </is>
       </c>
-      <c r="D10" s="0" t="inlineStr">
+      <c r="D12" s="0" t="inlineStr">
         <is>
           <t>'104356</t>
         </is>
       </c>
-      <c r="E10" s="0" t="inlineStr">
+      <c r="E12" s="0" t="inlineStr">
         <is>
           <t>MYERS:104356</t>
         </is>
       </c>
-      <c r="F10" s="0" t="inlineStr">
+      <c r="F12" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
-      <c r="G10" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H10" s="0" t="inlineStr">
+      <c r="G12" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H12" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
-      <c r="I10" s="0">
+      <c r="I12" s="0">
         <v>21.99</v>
       </c>
-      <c r="J10" s="0">
+      <c r="J12" s="0">
         <v>143</v>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>