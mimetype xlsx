--- v0 (2026-01-23)
+++ v1 (2026-03-25)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J334"/>
+  <dimension ref="A1:J390"/>
   <sheetData>
     <row r="1" spans="1:10" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>ImageURL</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>SizeChart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Product Name</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Model</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>SKU</t>
@@ -749,51 +749,51 @@
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
           <t>MU FLEET M BK:139356Z-12PK</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>'803139356990</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I16" s="0">
         <v>486</v>
       </c>
       <c r="J16" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="0">
       <c r="A17" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/75kr447h19ojuj6xk9efw/brock-139187-tn.jpg?rlkey=xe5b88xbmxqcyud713jzs92qa&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B17" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/koa95objo3xntk9yqo774/graphic-update2022-infant.jpg?rlkey=6lz2sevitkly7a90cgwj52ag8&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>Brock Infant Sweatshirt</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t>'139187</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
           <t>MU BROCK I BK:139187A-0-3M</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
@@ -969,51 +969,51 @@
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
           <t>MU BROCK I BK:139187Z-12PK</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t>'803139187990</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>INFANT</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I21" s="0">
         <v>335.9</v>
       </c>
       <c r="J21" s="0">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="0">
       <c r="A22" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vn6jfrvkv1oibxirzyn4c/reign-138311-tn.jpg?rlkey=jhnntef45wsiisvtz26ganwzl&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B22" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/x89aq0rsaffti6v6ks518/mens-hoodie-size-chartsreign.jpg?rlkey=50ui1nxg8wt782mk41gl38hlu&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>Reign Men's Hoodie</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t>'138311</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
           <t>MU REIGN M BK:138311A-S</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
@@ -1585,51 +1585,51 @@
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
           <t>MU AMANDA W BK:137534Z-12PK</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>'803137534994</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I35" s="0">
         <v>335.9</v>
       </c>
       <c r="J35" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="0">
       <c r="A36" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rx3cyreigi9h9lvi1fiza/calla-138177-tn.jpg?rlkey=e6ilnrzxv5304zcb83g86c128&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>Calla Youth Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t>'138177</t>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
           <t>MU CALLA Y GY:Y138177B-YS</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>'803138177015</t>
         </is>
@@ -1790,51 +1790,51 @@
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
           <t>MU CALLA Y GY:Y138177Z-12PK</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
           <t>'803138177992</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I40" s="0">
         <v>355.1</v>
       </c>
       <c r="J40" s="0">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="0">
       <c r="A41" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t0ncfhsifdg0indn0yj1p/calla-138177-tn.jpg?rlkey=ov2f2hmnw46ed4skz04b6s8tv&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B41" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aiqb1nk85t8644q2s0bpd/graphic-update2022-toddler.jpg?rlkey=r02yezplu3vx3if6q1mvfmnbk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>Calla Toddler Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t>'138177</t>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
           <t>MU CALLA T GY:T138177A-2T</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
@@ -2010,51 +2010,51 @@
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
           <t>MU CALLA T GY:T138177Z-12PK</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
           <t>'803138177985</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I45" s="0">
         <v>355.1</v>
       </c>
       <c r="J45" s="0">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="0">
       <c r="A46" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71egu48j3v8cqbx6oemue/quincy-139685-tn.jpg?rlkey=qithgzwx83w7sn7h2dp9xfh1w&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B46" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/osh025ok2fcvfzv0o8vep/graphic-update2022-youth.jpg?rlkey=d2mbwsnds0s1bd5j61ivlx0b9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>Quincy Youth Hoodie</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t>'39685</t>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
           <t>MU QUINCY Y GY:Y139685B-YS</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
@@ -2230,51 +2230,51 @@
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
           <t>MU QUINCY Y GY:Y139685Z-12PK</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t>'803139685991</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I50" s="0">
         <v>479.9</v>
       </c>
       <c r="J50" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="0">
       <c r="A51" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ie4ytp0wl3a7ambbcu6nk/quincy-139685-tn.jpg?rlkey=a1qk95aih2gibh535uupxw8oo&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B51" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m7afctre3pwr54wesd0zw/graphic-update2022-toddler.jpg?rlkey=v6gznena3xquker1y51p1mosj&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>Quincy Toddler Hoodie</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t>'139685</t>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
           <t>MU QUINCY T GY:T139685A-2T</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
@@ -2450,51 +2450,51 @@
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
           <t>MU QUINCY T GY:T139685Z-12PK</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>'803139685984</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I55" s="0">
         <v>479.9</v>
       </c>
       <c r="J55" s="0">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="0">
       <c r="A56" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/27shy6nbw52gb6hly8adz/screenshot-2024-10-11-at-4.04.39pm.png?rlkey=ajf87c3d9hu0bgacxl8bp3l67&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>Redgrave Youth Beanie</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t>'140888</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
           <t>MU REDGRA Y GY:140888</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>'703140888018</t>
         </is>
@@ -2778,51 +2778,51 @@
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
           <t>MU TACKLE I BK:151397Z-12PK</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>'803151397971</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
           <t>INFANT</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I63" s="0">
         <v>240</v>
       </c>
       <c r="J63" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="0">
       <c r="A64" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q49sjqjyypccurbuc6m6i/hali-150996-tn.jpg?rlkey=19hy9ya9fo9oe13wezvirxcxd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>Hali Infant Bodysuit</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t>'150996</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
           <t>MU HALI I BK:150996A-0-3M</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>'803150996007</t>
         </is>
@@ -3844,51 +3844,51 @@
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
           <t>MU COOPER Y DG 12PK:131188Z-12PK</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>'803131188995</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I89" s="0">
         <v>288</v>
       </c>
       <c r="J89" s="0">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="0">
       <c r="A90" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wz3f3hkhm10jiwtz2g4gy/virtual-licensed-blank-stock-beaniesmu-boaz-17.jpg?rlkey=6gu9xde8zw1bcgf1e8x0vnmku&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>Boaz Youth Beanie</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t>'140881</t>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
           <t>MU BOAZ Y BK:140881</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
@@ -4095,10412 +4095,12746 @@
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>'803129637993</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
           <t>INFANT</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I95" s="0">
         <v>288</v>
       </c>
       <c r="J95" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="0">
       <c r="A96" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ze8mlnwbflivdpy9x944w/126072-af.jpg?rlkey=s9ga29tk30su9su8zrczqxrb8&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v462hzdn7vsfsippjdnoy/spartan-134665-t.jpg?rlkey=n8vs9418fkyng8tc49h0t5oae&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B96" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zc6k7yalkpm8vt3u8gcvb/mens-bottoms-size-chartsspartan.jpg?rlkey=2uwlscd42g8e0mouo0ukpft65&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
-          <t>Russel Men's Cap</t>
+          <t>Spartan Men's Shorts</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
-          <t>'126072</t>
+          <t>'134665</t>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>MU RUSSEL A BK:126072</t>
+          <t>MU SPARTA M BK:134665A-S</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>'703126072028</t>
+          <t>'803134665011</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>STANDARD MENS</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I96" s="0">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
       <c r="J96" s="0">
-        <v>90</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="0">
       <c r="A97" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k5bo3ll5t8fvrpqnldrwe/122107-af.jpg?rlkey=matf203dkpyfzajo3wcgoi1k8&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v462hzdn7vsfsippjdnoy/spartan-134665-t.jpg?rlkey=n8vs9418fkyng8tc49h0t5oae&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B97" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zc6k7yalkpm8vt3u8gcvb/mens-bottoms-size-chartsspartan.jpg?rlkey=2uwlscd42g8e0mouo0ukpft65&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
-          <t>Herald Infant Cap</t>
+          <t>Spartan Men's Shorts</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
-          <t>'122107</t>
+          <t>'134665</t>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>MU HERAL I BK:122107</t>
+          <t>MU SPARTA M BK:134665B-M</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>'703122107052</t>
+          <t>'803134665028</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>INFANT</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>INFANT</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I97" s="0">
-        <v>19.99</v>
+        <v>39.99</v>
       </c>
       <c r="J97" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="0">
       <c r="A98" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71cqzsi7w8689txq829po/121664-af.jpg?rlkey=k60jhnyokxzdkr7zsv4ffz9cl&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v462hzdn7vsfsippjdnoy/spartan-134665-t.jpg?rlkey=n8vs9418fkyng8tc49h0t5oae&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B98" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xode8vqi1okxwst7hizta/january-20205toddler.jpg?rlkey=oyvb476gk6ea3asfnkolfynqf&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zc6k7yalkpm8vt3u8gcvb/mens-bottoms-size-chartsspartan.jpg?rlkey=2uwlscd42g8e0mouo0ukpft65&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
-          <t>Jagger Toddler Long Sleeve Shirt</t>
+          <t>Spartan Men's Shorts</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
-          <t>'121664</t>
+          <t>'134665</t>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>MU JAGGER T BK:121664A-2T</t>
+          <t>MU SPARTA M BK:134665C-L</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>'803121664089</t>
+          <t>'803134665035</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>TODDLER</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>2T</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I98" s="0">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
       <c r="J98" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="0">
       <c r="A99" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71cqzsi7w8689txq829po/121664-af.jpg?rlkey=k60jhnyokxzdkr7zsv4ffz9cl&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v462hzdn7vsfsippjdnoy/spartan-134665-t.jpg?rlkey=n8vs9418fkyng8tc49h0t5oae&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B99" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xode8vqi1okxwst7hizta/january-20205toddler.jpg?rlkey=oyvb476gk6ea3asfnkolfynqf&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zc6k7yalkpm8vt3u8gcvb/mens-bottoms-size-chartsspartan.jpg?rlkey=2uwlscd42g8e0mouo0ukpft65&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
-          <t>Jagger Toddler Long Sleeve Shirt</t>
+          <t>Spartan Men's Shorts</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
-          <t>'121664</t>
+          <t>'134665</t>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>MU JAGGER T BK:121664B-3T</t>
+          <t>MU SPARTA M BK:134665D-XL</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>'803121664096</t>
+          <t>'803134665042</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>TODDLER</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>3T</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I99" s="0">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
       <c r="J99" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="0">
       <c r="A100" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71cqzsi7w8689txq829po/121664-af.jpg?rlkey=k60jhnyokxzdkr7zsv4ffz9cl&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v462hzdn7vsfsippjdnoy/spartan-134665-t.jpg?rlkey=n8vs9418fkyng8tc49h0t5oae&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B100" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xode8vqi1okxwst7hizta/january-20205toddler.jpg?rlkey=oyvb476gk6ea3asfnkolfynqf&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zc6k7yalkpm8vt3u8gcvb/mens-bottoms-size-chartsspartan.jpg?rlkey=2uwlscd42g8e0mouo0ukpft65&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
-          <t>Jagger Toddler Long Sleeve Shirt</t>
+          <t>Spartan Men's Shorts</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
-          <t>'121664</t>
+          <t>'134665</t>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>MU JAGGER T BK:121664C-4T</t>
+          <t>MU SPARTA M BK:134665E-2XL</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>'803121664102</t>
+          <t>'803134665059</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>TODDLER</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>4T</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I100" s="0">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
       <c r="J100" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="0">
       <c r="A101" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71cqzsi7w8689txq829po/121664-af.jpg?rlkey=k60jhnyokxzdkr7zsv4ffz9cl&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v462hzdn7vsfsippjdnoy/spartan-134665-t.jpg?rlkey=n8vs9418fkyng8tc49h0t5oae&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B101" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xode8vqi1okxwst7hizta/january-20205toddler.jpg?rlkey=oyvb476gk6ea3asfnkolfynqf&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zc6k7yalkpm8vt3u8gcvb/mens-bottoms-size-chartsspartan.jpg?rlkey=2uwlscd42g8e0mouo0ukpft65&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
-          <t>Jagger Toddler Long Sleeve Shirt</t>
+          <t>Spartan Men's Shorts</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
-          <t>'121664</t>
+          <t>'134665</t>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>MU JAGGER T BK:121664D-5T</t>
+          <t>MU SPARTA M BK:134665F-3XL</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>'803121664119</t>
+          <t>'803134665066</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>TODDLER</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>5T</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I101" s="0">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
       <c r="J101" s="0">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="0">
       <c r="A102" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71cqzsi7w8689txq829po/121664-af.jpg?rlkey=k60jhnyokxzdkr7zsv4ffz9cl&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v462hzdn7vsfsippjdnoy/spartan-134665-t.jpg?rlkey=n8vs9418fkyng8tc49h0t5oae&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B102" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xode8vqi1okxwst7hizta/january-20205toddler.jpg?rlkey=oyvb476gk6ea3asfnkolfynqf&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zc6k7yalkpm8vt3u8gcvb/mens-bottoms-size-chartsspartan.jpg?rlkey=2uwlscd42g8e0mouo0ukpft65&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
-          <t>Jagger Toddler Long Sleeve Shirt</t>
+          <t>Spartan Men's Shorts</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
-          <t>'121664</t>
+          <t>'134665</t>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>MU JAGGER T BK 12PK:121664Z-12PK</t>
+          <t>MU SPARTA M BK:134665AA-XS</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>'803121664997</t>
+          <t>'803134665004</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>TODDLER</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I102" s="0">
-        <v>239.76</v>
+        <v>39.99</v>
       </c>
       <c r="J102" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="0">
       <c r="A103" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1pfn7wz9mpphn0pa93yfk/129635t.jpg?rlkey=yhb5o4t3e7rnkilntgx9o60ou&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v462hzdn7vsfsippjdnoy/spartan-134665-t.jpg?rlkey=n8vs9418fkyng8tc49h0t5oae&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B103" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zc6k7yalkpm8vt3u8gcvb/mens-bottoms-size-chartsspartan.jpg?rlkey=2uwlscd42g8e0mouo0ukpft65&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
-          <t>Irma Youth T-shirt</t>
+          <t>Spartan Men's Shorts</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
-          <t>'129635</t>
+          <t>'134665</t>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>MU IRMA Y GY:129635B-YS</t>
+          <t>MU SPARTA M BK 12PK:134665Z-12PK</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>'803129635012</t>
+          <t>'803134665998</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>YS</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I103" s="0">
-        <v>29.99</v>
+        <v>390</v>
       </c>
       <c r="J103" s="0">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="0">
       <c r="A104" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1pfn7wz9mpphn0pa93yfk/129635t.jpg?rlkey=yhb5o4t3e7rnkilntgx9o60ou&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ze8mlnwbflivdpy9x944w/126072-af.jpg?rlkey=s9ga29tk30su9su8zrczqxrb8&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
-          <t>Irma Youth T-shirt</t>
+          <t>Russel Men's Cap</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
-          <t>'129635</t>
+          <t>'126072</t>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>MU IRMA Y GY:129635C-YM</t>
+          <t>MU RUSSEL A BK:126072</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>'803129635029</t>
+          <t>'703126072028</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>YM</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I104" s="0">
-        <v>29.99</v>
+        <v>24.99</v>
       </c>
       <c r="J104" s="0">
-        <v>4</v>
+        <v>90</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="0">
       <c r="A105" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1pfn7wz9mpphn0pa93yfk/129635t.jpg?rlkey=yhb5o4t3e7rnkilntgx9o60ou&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k5bo3ll5t8fvrpqnldrwe/122107-af.jpg?rlkey=matf203dkpyfzajo3wcgoi1k8&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
-          <t>Irma Youth T-shirt</t>
+          <t>Herald Infant Cap</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
-          <t>'129635</t>
+          <t>'122107</t>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>MU IRMA Y GY:129635D-YL</t>
+          <t>MU HERAL I BK:122107</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>'803129635036</t>
+          <t>'703122107052</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>INFANT</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>YL</t>
+          <t>INFANT</t>
         </is>
       </c>
       <c r="I105" s="0">
-        <v>29.99</v>
+        <v>19.99</v>
       </c>
       <c r="J105" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="0">
       <c r="A106" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1pfn7wz9mpphn0pa93yfk/129635t.jpg?rlkey=yhb5o4t3e7rnkilntgx9o60ou&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71cqzsi7w8689txq829po/121664-af.jpg?rlkey=k60jhnyokxzdkr7zsv4ffz9cl&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B106" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xode8vqi1okxwst7hizta/january-20205toddler.jpg?rlkey=oyvb476gk6ea3asfnkolfynqf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
-          <t>Irma Youth T-shirt</t>
+          <t>Jagger Toddler Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
-          <t>'129635</t>
+          <t>'121664</t>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>MU IRMA Y GY:129635E-YXL</t>
+          <t>MU JAGGER T BK:121664A-2T</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>'803129635043</t>
+          <t>'803121664089</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>YXL</t>
+          <t>2T</t>
         </is>
       </c>
       <c r="I106" s="0">
-        <v>288</v>
+        <v>24.99</v>
       </c>
       <c r="J106" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="0">
       <c r="A107" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jleq9avbdy7m204yjo4vl/129684t.jpg?rlkey=uo11d1se1uvsh4efk9sda46iu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71cqzsi7w8689txq829po/121664-af.jpg?rlkey=k60jhnyokxzdkr7zsv4ffz9cl&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B107" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xode8vqi1okxwst7hizta/january-20205toddler.jpg?rlkey=oyvb476gk6ea3asfnkolfynqf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
-          <t>Susan Youth Hoodie</t>
+          <t>Jagger Toddler Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
-          <t>'129684</t>
+          <t>'121664</t>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>MU SUSAN Y RE:129684B-YS</t>
+          <t>MU JAGGER T BK:121664B-3T</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>'803129684010</t>
+          <t>'803121664096</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>YS</t>
+          <t>3T</t>
         </is>
       </c>
       <c r="I107" s="0">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
       <c r="J107" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="0">
       <c r="A108" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jleq9avbdy7m204yjo4vl/129684t.jpg?rlkey=uo11d1se1uvsh4efk9sda46iu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71cqzsi7w8689txq829po/121664-af.jpg?rlkey=k60jhnyokxzdkr7zsv4ffz9cl&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B108" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xode8vqi1okxwst7hizta/january-20205toddler.jpg?rlkey=oyvb476gk6ea3asfnkolfynqf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
-          <t>Susan Youth Hoodie</t>
+          <t>Jagger Toddler Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
-          <t>'129684</t>
+          <t>'121664</t>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>MU SUSAN Y RE:129684C-YM</t>
+          <t>MU JAGGER T BK:121664C-4T</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>'803129684027</t>
+          <t>'803121664102</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>YM</t>
+          <t>4T</t>
         </is>
       </c>
       <c r="I108" s="0">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
       <c r="J108" s="0">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="0">
       <c r="A109" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jleq9avbdy7m204yjo4vl/129684t.jpg?rlkey=uo11d1se1uvsh4efk9sda46iu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71cqzsi7w8689txq829po/121664-af.jpg?rlkey=k60jhnyokxzdkr7zsv4ffz9cl&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B109" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xode8vqi1okxwst7hizta/january-20205toddler.jpg?rlkey=oyvb476gk6ea3asfnkolfynqf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
-          <t>Susan Youth Hoodie</t>
+          <t>Jagger Toddler Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
-          <t>'129684</t>
+          <t>'121664</t>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>MU SUSAN Y RE:129684D-YL</t>
+          <t>MU JAGGER T BK:121664D-5T</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>'803129684034</t>
+          <t>'803121664119</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>YL</t>
+          <t>5T</t>
         </is>
       </c>
       <c r="I109" s="0">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
       <c r="J109" s="0">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="0">
       <c r="A110" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jleq9avbdy7m204yjo4vl/129684t.jpg?rlkey=uo11d1se1uvsh4efk9sda46iu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71cqzsi7w8689txq829po/121664-af.jpg?rlkey=k60jhnyokxzdkr7zsv4ffz9cl&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B110" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xode8vqi1okxwst7hizta/january-20205toddler.jpg?rlkey=oyvb476gk6ea3asfnkolfynqf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
-          <t>Susan Youth Hoodie</t>
+          <t>Jagger Toddler Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
-          <t>'129684</t>
+          <t>'121664</t>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>MU SUSAN Y RE:129684E-YXL</t>
+          <t>MU JAGGER T BK 12PK:121664Z-12PK</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>'803129684041</t>
+          <t>'803121664997</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>YXL</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I110" s="0">
-        <v>39.99</v>
+        <v>239.76</v>
       </c>
       <c r="J110" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="0">
       <c r="A111" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jleq9avbdy7m204yjo4vl/129684t.jpg?rlkey=uo11d1se1uvsh4efk9sda46iu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1pfn7wz9mpphn0pa93yfk/129635t.jpg?rlkey=yhb5o4t3e7rnkilntgx9o60ou&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
-          <t>Susan Youth Hoodie</t>
+          <t>Irma Youth T-shirt</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
-          <t>'129684</t>
+          <t>'129635</t>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>MU SUSAN Y RE 12PK:129684Z-12PK</t>
+          <t>MU IRMA Y GY:129635B-YS</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>'803129684997</t>
+          <t>'803129635012</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>YS</t>
         </is>
       </c>
       <c r="I111" s="0">
-        <v>384</v>
+        <v>29.99</v>
       </c>
       <c r="J111" s="0">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="0">
       <c r="A112" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o6s27xj0ad4n6r7pdceci/alan-139646-t.jpg?rlkey=sfi7k2z6rffjo2ukddbala5qx&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1pfn7wz9mpphn0pa93yfk/129635t.jpg?rlkey=yhb5o4t3e7rnkilntgx9o60ou&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
-          <t>Alan Men's Hoodie</t>
+          <t>Irma Youth T-shirt</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
-          <t>'139646</t>
+          <t>'129635</t>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>MU ALAN M BK:139646A-S</t>
+          <t>MU IRMA Y GY:129635C-YM</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>'803139646046</t>
+          <t>'803129635029</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>YM</t>
         </is>
       </c>
       <c r="I112" s="0">
-        <v>39.99</v>
+        <v>29.99</v>
       </c>
       <c r="J112" s="0">
-        <v>48</v>
+        <v>4</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="0">
       <c r="A113" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o6s27xj0ad4n6r7pdceci/alan-139646-t.jpg?rlkey=sfi7k2z6rffjo2ukddbala5qx&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1pfn7wz9mpphn0pa93yfk/129635t.jpg?rlkey=yhb5o4t3e7rnkilntgx9o60ou&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
-          <t>Alan Men's Hoodie</t>
+          <t>Irma Youth T-shirt</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
-          <t>'139646</t>
+          <t>'129635</t>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>MU ALAN M BK:139646B-M</t>
+          <t>MU IRMA Y GY:129635D-YL</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>'803139646053</t>
+          <t>'803129635036</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>YL</t>
         </is>
       </c>
       <c r="I113" s="0">
-        <v>39.99</v>
+        <v>29.99</v>
       </c>
       <c r="J113" s="0">
-        <v>98</v>
+        <v>3</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="0">
       <c r="A114" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o6s27xj0ad4n6r7pdceci/alan-139646-t.jpg?rlkey=sfi7k2z6rffjo2ukddbala5qx&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1pfn7wz9mpphn0pa93yfk/129635t.jpg?rlkey=yhb5o4t3e7rnkilntgx9o60ou&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
-          <t>Alan Men's Hoodie</t>
+          <t>Irma Youth T-shirt</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
-          <t>'139646</t>
+          <t>'129635</t>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>MU ALAN M BK:139646C-L</t>
+          <t>MU IRMA Y GY:129635E-YXL</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>'803139646060</t>
+          <t>'803129635043</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>YXL</t>
         </is>
       </c>
       <c r="I114" s="0">
-        <v>39.99</v>
+        <v>288</v>
       </c>
       <c r="J114" s="0">
-        <v>153</v>
+        <v>2</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="0">
       <c r="A115" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o6s27xj0ad4n6r7pdceci/alan-139646-t.jpg?rlkey=sfi7k2z6rffjo2ukddbala5qx&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jleq9avbdy7m204yjo4vl/129684t.jpg?rlkey=uo11d1se1uvsh4efk9sda46iu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
-          <t>Alan Men's Hoodie</t>
+          <t>Susan Youth Hoodie</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
-          <t>'139646</t>
+          <t>'129684</t>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>MU ALAN M BK:139646D-XL</t>
+          <t>MU SUSAN Y RE:129684B-YS</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>'803139646077</t>
+          <t>'803129684010</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>YS</t>
         </is>
       </c>
       <c r="I115" s="0">
         <v>39.99</v>
       </c>
       <c r="J115" s="0">
-        <v>146</v>
+        <v>3</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="0">
       <c r="A116" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o6s27xj0ad4n6r7pdceci/alan-139646-t.jpg?rlkey=sfi7k2z6rffjo2ukddbala5qx&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jleq9avbdy7m204yjo4vl/129684t.jpg?rlkey=uo11d1se1uvsh4efk9sda46iu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
-          <t>Alan Men's Hoodie</t>
+          <t>Susan Youth Hoodie</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
-          <t>'139646</t>
+          <t>'129684</t>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>MU ALAN M BK:139646E-2XL</t>
+          <t>MU SUSAN Y RE:129684C-YM</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>'803139646084</t>
+          <t>'803129684027</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>YM</t>
         </is>
       </c>
       <c r="I116" s="0">
         <v>39.99</v>
       </c>
       <c r="J116" s="0">
-        <v>102</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="0">
       <c r="A117" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o6s27xj0ad4n6r7pdceci/alan-139646-t.jpg?rlkey=sfi7k2z6rffjo2ukddbala5qx&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jleq9avbdy7m204yjo4vl/129684t.jpg?rlkey=uo11d1se1uvsh4efk9sda46iu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
-          <t>Alan Men's Hoodie</t>
+          <t>Susan Youth Hoodie</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
-          <t>'139646</t>
+          <t>'129684</t>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>MU ALAN M BK:139646F-3XL</t>
+          <t>MU SUSAN Y RE:129684D-YL</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>'803139646091</t>
+          <t>'803129684034</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>YL</t>
         </is>
       </c>
       <c r="I117" s="0">
         <v>39.99</v>
       </c>
       <c r="J117" s="0">
-        <v>52</v>
+        <v>3</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="0">
       <c r="A118" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uk0we5h95x55wfszb9mdw/zach-138392-tn.jpg?rlkey=802bakb9v7sxrko04zxhe39c0&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r820xwsfsha17bufdqa39/graphic-update2022-mens.jpg?rlkey=zm1csada0fuwvykvd9qoovkni&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jleq9avbdy7m204yjo4vl/129684t.jpg?rlkey=uo11d1se1uvsh4efk9sda46iu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
-          <t>Zach Men's Hoodie</t>
+          <t>Susan Youth Hoodie</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
-          <t>'138392</t>
+          <t>'129684</t>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>MU ZACH M WE:138392A-S</t>
+          <t>MU SUSAN Y RE:129684E-YXL</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>'803138392043</t>
+          <t>'803129684041</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>YXL</t>
         </is>
       </c>
       <c r="I118" s="0">
         <v>39.99</v>
       </c>
       <c r="J118" s="0">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="0">
       <c r="A119" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uk0we5h95x55wfszb9mdw/zach-138392-tn.jpg?rlkey=802bakb9v7sxrko04zxhe39c0&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r820xwsfsha17bufdqa39/graphic-update2022-mens.jpg?rlkey=zm1csada0fuwvykvd9qoovkni&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jleq9avbdy7m204yjo4vl/129684t.jpg?rlkey=uo11d1se1uvsh4efk9sda46iu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
-          <t>Zach Men's Hoodie</t>
+          <t>Susan Youth Hoodie</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
-          <t>'138392</t>
+          <t>'129684</t>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>MU ZACH M WE:138392B-M</t>
+          <t>MU SUSAN Y RE 12PK:129684Z-12PK</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>'803138392050</t>
+          <t>'803129684997</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I119" s="0">
-        <v>39.99</v>
+        <v>384</v>
       </c>
       <c r="J119" s="0">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="0">
       <c r="A120" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uk0we5h95x55wfszb9mdw/zach-138392-tn.jpg?rlkey=802bakb9v7sxrko04zxhe39c0&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o6s27xj0ad4n6r7pdceci/alan-139646-t.jpg?rlkey=sfi7k2z6rffjo2ukddbala5qx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B120" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r820xwsfsha17bufdqa39/graphic-update2022-mens.jpg?rlkey=zm1csada0fuwvykvd9qoovkni&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
-          <t>Zach Men's Hoodie</t>
+          <t>Alan Men's Hoodie</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
-          <t>'138392</t>
+          <t>'139646</t>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>MU ZACH M WE:138392C-L</t>
+          <t>MU ALAN M BK:139646A-S</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>'803138392067</t>
+          <t>'803139646046</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I120" s="0">
         <v>39.99</v>
       </c>
       <c r="J120" s="0">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="0">
       <c r="A121" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uk0we5h95x55wfszb9mdw/zach-138392-tn.jpg?rlkey=802bakb9v7sxrko04zxhe39c0&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o6s27xj0ad4n6r7pdceci/alan-139646-t.jpg?rlkey=sfi7k2z6rffjo2ukddbala5qx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B121" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r820xwsfsha17bufdqa39/graphic-update2022-mens.jpg?rlkey=zm1csada0fuwvykvd9qoovkni&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
-          <t>Zach Men's Hoodie</t>
+          <t>Alan Men's Hoodie</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
-          <t>'138392</t>
+          <t>'139646</t>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>MU ZACH M WE:138392D-XL</t>
+          <t>MU ALAN M BK:139646B-M</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>'803138392074</t>
+          <t>'803139646053</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I121" s="0">
         <v>39.99</v>
       </c>
       <c r="J121" s="0">
-        <v>24</v>
+        <v>98</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="0">
       <c r="A122" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uk0we5h95x55wfszb9mdw/zach-138392-tn.jpg?rlkey=802bakb9v7sxrko04zxhe39c0&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o6s27xj0ad4n6r7pdceci/alan-139646-t.jpg?rlkey=sfi7k2z6rffjo2ukddbala5qx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B122" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r820xwsfsha17bufdqa39/graphic-update2022-mens.jpg?rlkey=zm1csada0fuwvykvd9qoovkni&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
-          <t>Zach Men's Hoodie</t>
+          <t>Alan Men's Hoodie</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
-          <t>'138392</t>
+          <t>'139646</t>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>MU ZACH M WE:138392E-2XL</t>
+          <t>MU ALAN M BK:139646C-L</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>'803138392081</t>
+          <t>'803139646060</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I122" s="0">
-        <v>41.99</v>
+        <v>39.99</v>
       </c>
       <c r="J122" s="0">
-        <v>15</v>
+        <v>153</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="0">
       <c r="A123" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uk0we5h95x55wfszb9mdw/zach-138392-tn.jpg?rlkey=802bakb9v7sxrko04zxhe39c0&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o6s27xj0ad4n6r7pdceci/alan-139646-t.jpg?rlkey=sfi7k2z6rffjo2ukddbala5qx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B123" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r820xwsfsha17bufdqa39/graphic-update2022-mens.jpg?rlkey=zm1csada0fuwvykvd9qoovkni&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
-          <t>Zach Men's Hoodie</t>
+          <t>Alan Men's Hoodie</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
-          <t>'138392</t>
+          <t>'139646</t>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>MU ZACH M WE:138392F-3XL</t>
+          <t>MU ALAN M BK:139646D-XL</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>'803138392098</t>
+          <t>'803139646077</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I123" s="0">
-        <v>41.99</v>
+        <v>39.99</v>
       </c>
       <c r="J123" s="0">
-        <v>11</v>
+        <v>146</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="0">
       <c r="A124" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z6apjfp3tgsvwya69v8kn/elkhart-132499-tn.jpg?rlkey=3jv6ysq3ff1l0dxoghqyj5n46&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o6s27xj0ad4n6r7pdceci/alan-139646-t.jpg?rlkey=sfi7k2z6rffjo2ukddbala5qx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B124" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/czikyfdrlcpbyd6h166qj/graphic-update2022-mens.jpg?rlkey=4kikom6lcnnr4w6tod0wijsfd&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
-          <t>Elkhart Men's Short Sleeve Shirt</t>
+          <t>Alan Men's Hoodie</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
-          <t>'132499</t>
+          <t>'139646</t>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>MU ELKHAR M GD:132499C-L</t>
+          <t>MU ALAN M BK:139646E-2XL</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>'803132499069</t>
+          <t>'803139646084</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I124" s="0">
-        <v>29.99</v>
+        <v>39.99</v>
       </c>
       <c r="J124" s="0">
-        <v>0</v>
+        <v>102</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="0">
       <c r="A125" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z6apjfp3tgsvwya69v8kn/elkhart-132499-tn.jpg?rlkey=3jv6ysq3ff1l0dxoghqyj5n46&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o6s27xj0ad4n6r7pdceci/alan-139646-t.jpg?rlkey=sfi7k2z6rffjo2ukddbala5qx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B125" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/czikyfdrlcpbyd6h166qj/graphic-update2022-mens.jpg?rlkey=4kikom6lcnnr4w6tod0wijsfd&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
-          <t>Elkhart Men's Short Sleeve Shirt</t>
+          <t>Alan Men's Hoodie</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
-          <t>'132499</t>
+          <t>'139646</t>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>MU ELKHAR M GD:132499E-2XL</t>
+          <t>MU ALAN M BK:139646F-3XL</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>'803132499083</t>
+          <t>'803139646091</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I125" s="0">
-        <v>29.99</v>
+        <v>39.99</v>
       </c>
       <c r="J125" s="0">
-        <v>1</v>
+        <v>52</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="0">
       <c r="A126" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b79bhxztgug6e55ftau6g/115539-ff.jpg?rlkey=hbazqrqup6cdvd01qhhmvfvqg&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q9qwxh0i51hge573tebbw/alan-139656-tn.jpg?rlkey=ha662a3k9uwb8wsa5v7km2ek8&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B126" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
-          <t>Kyle Men's Beanie</t>
+          <t>Alan Men's Hoodie</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
-          <t>'115539</t>
+          <t>'139656</t>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>MU KYLE:115539</t>
+          <t>MU ALAN M GD:139656A-S</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'803139656045</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>ADULT</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I126" s="0">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
       <c r="J126" s="0">
-        <v>114</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="0">
       <c r="A127" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pivh1q7bv7b364z90n3q0/thumb-sideline2023beaniesmuportland97179.jpg?rlkey=1jztor8qchzthdzw7z1xashty&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q9qwxh0i51hge573tebbw/alan-139656-tn.jpg?rlkey=ha662a3k9uwb8wsa5v7km2ek8&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B127" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
-          <t>Portland Women's Knit Headband</t>
+          <t>Alan Men's Hoodie</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
-          <t>'140875</t>
+          <t>'139656</t>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>MU PORTLAND W BK:140875</t>
+          <t>MU ALAN M GD:139656B-M</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>'703140875018</t>
+          <t>'803139656052</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I127" s="0">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
       <c r="J127" s="0">
-        <v>47</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="0">
       <c r="A128" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5iv54r5cko2v79xi51eat/thumb-sideline2023beaniescubedford58278.jpg?rlkey=t681hugbvqbbaodngbgysfbyn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q9qwxh0i51hge573tebbw/alan-139656-tn.jpg?rlkey=ha662a3k9uwb8wsa5v7km2ek8&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B128" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
-          <t>Seattle Men's Beanie</t>
+          <t>Alan Men's Hoodie</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
-          <t>'140878</t>
+          <t>'139656</t>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>MU SEATTLE M BK:140878</t>
+          <t>MU ALAN M GD:139656C-L</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>'703140878019</t>
+          <t>'803139656069</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>STANDARD MENS</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I128" s="0">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
       <c r="J128" s="0">
-        <v>57</v>
+        <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="0">
       <c r="A129" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j5eavry0yww5s8e6jff4v/126061.jpg?rlkey=djbipsczmonbxsi41n2z6jmuv&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q9qwxh0i51hge573tebbw/alan-139656-tn.jpg?rlkey=ha662a3k9uwb8wsa5v7km2ek8&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B129" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
-          <t>Felton Men's Ribbed Beanie</t>
+          <t>Alan Men's Hoodie</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
-          <t>'126061</t>
+          <t>'139656</t>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>MU FELTON BK:126061</t>
+          <t>MU ALAN M GD:139656D-XL</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>'703126061015</t>
+          <t>'803139656076</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>STANDARD MENS</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I129" s="0">
-        <v>19.99</v>
+        <v>39.99</v>
       </c>
       <c r="J129" s="0">
-        <v>96</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="0">
       <c r="A130" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ol5ckftuaevbmekkglqoe/126060-ff.jpg?rlkey=xyf1r9dsk6se1x9txbfkixcvf&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q9qwxh0i51hge573tebbw/alan-139656-tn.jpg?rlkey=ha662a3k9uwb8wsa5v7km2ek8&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B130" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
-          <t>Bedford Pom Beanie</t>
+          <t>Alan Men's Hoodie</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
-          <t>'126060</t>
+          <t>'139656</t>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>MU BEDFORD BK:126060</t>
+          <t>MU ALAN M GD:139656E-2XL</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'803139656083</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>STANDARD MENS</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I130" s="0">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
       <c r="J130" s="0">
-        <v>132</v>
+        <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="0">
       <c r="A131" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7o3zqzdt21ipdxz5zgrt4/addison644806.jpg?rlkey=r7tsye27174bi9zitag16rhhd&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q9qwxh0i51hge573tebbw/alan-139656-tn.jpg?rlkey=ha662a3k9uwb8wsa5v7km2ek8&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B131" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5jc0h4mur7uyqrbq778j/mens-hoodie-size-chartsalan-hoodie.jpg?rlkey=k8rtob14d1rmpd2ltui8afxav&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
-          <t>Addison Infant Beanie</t>
+          <t>Alan Men's Hoodie</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
-          <t>'123008</t>
+          <t>'139656</t>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>MU ADDISO I GD:123008</t>
+          <t>MU ALAN M GD:139656F-3XL</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>'703123008013</t>
+          <t>'803139656090</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>INFANT</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>INFANT</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I131" s="0">
-        <v>29.99</v>
+        <v>39.99</v>
       </c>
       <c r="J131" s="0">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="0">
       <c r="A132" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kmzd467jlarz1isjf4nwk/rio-132680-tn.jpg?rlkey=0ef93c856856xj6inicnip73r&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uk0we5h95x55wfszb9mdw/zach-138392-tn.jpg?rlkey=802bakb9v7sxrko04zxhe39c0&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B132" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r820xwsfsha17bufdqa39/graphic-update2022-mens.jpg?rlkey=zm1csada0fuwvykvd9qoovkni&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
-          <t>Rio Men's Cap</t>
+          <t>Zach Men's Hoodie</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
-          <t>'132680</t>
+          <t>'138392</t>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>MU RIO A BK:132680</t>
+          <t>MU ZACH M WE:138392A-S</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>'703132680002</t>
+          <t>'803138392043</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>STANDARD MENS</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I132" s="0">
-        <v>14.99</v>
+        <v>39.99</v>
       </c>
       <c r="J132" s="0">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="0">
       <c r="A133" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kcxfub4b1kjlb5yrnafjg/rami-132584-tn.jpg?rlkey=mt8ahxbhmplbttbtbsp1f60k8&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uk0we5h95x55wfszb9mdw/zach-138392-tn.jpg?rlkey=802bakb9v7sxrko04zxhe39c0&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B133" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r820xwsfsha17bufdqa39/graphic-update2022-mens.jpg?rlkey=zm1csada0fuwvykvd9qoovkni&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
-          <t>Rami Men's Knit Beanie</t>
+          <t>Zach Men's Hoodie</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
-          <t>'132584</t>
+          <t>'138392</t>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>MU RAMI A BK:132584</t>
+          <t>MU ZACH M WE:138392B-M</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>'703132584010</t>
+          <t>'803138392050</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>ADULT</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I133" s="0">
-        <v>14.99</v>
+        <v>39.99</v>
       </c>
       <c r="J133" s="0">
-        <v>108</v>
+        <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="0">
       <c r="A134" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1gcea3gmq4eezzlfyki9y/126063f.jpg?rlkey=4lokam0f07jnwgf6ir32jllk8&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uk0we5h95x55wfszb9mdw/zach-138392-tn.jpg?rlkey=802bakb9v7sxrko04zxhe39c0&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B134" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r820xwsfsha17bufdqa39/graphic-update2022-mens.jpg?rlkey=zm1csada0fuwvykvd9qoovkni&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
-          <t>Rupert Men's Cuffed Beanie</t>
+          <t>Zach Men's Hoodie</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
-          <t>'126063</t>
+          <t>'138392</t>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>MU RUPERT:126063</t>
+          <t>MU ZACH M WE:138392C-L</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>'703126063019</t>
+          <t>'803138392067</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>STANDARD MENS</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I134" s="0">
-        <v>19.99</v>
+        <v>39.99</v>
       </c>
       <c r="J134" s="0">
-        <v>124</v>
+        <v>22</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="0">
       <c r="A135" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0tfro2odfdd9debtd5kez/126062-ff.jpg?rlkey=h9ozpw3axyrlsg004eib750ed&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uk0we5h95x55wfszb9mdw/zach-138392-tn.jpg?rlkey=802bakb9v7sxrko04zxhe39c0&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B135" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r820xwsfsha17bufdqa39/graphic-update2022-mens.jpg?rlkey=zm1csada0fuwvykvd9qoovkni&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
-          <t>Warner Men's Uncuffed Beanie</t>
+          <t>Zach Men's Hoodie</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
-          <t>'126062</t>
+          <t>'138392</t>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>MU WARNER:126062</t>
+          <t>MU ZACH M WE:138392D-XL</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>'703126062012</t>
+          <t>'803138392074</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>STANDARD MENS</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I135" s="0">
-        <v>19.99</v>
+        <v>39.99</v>
       </c>
       <c r="J135" s="0">
-        <v>102</v>
+        <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="0">
       <c r="A136" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59qr2aelmpzms1byv8wa4/132504t.jpg?rlkey=pvxowgkool9t8k61iqmrchtca&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uk0we5h95x55wfszb9mdw/zach-138392-tn.jpg?rlkey=802bakb9v7sxrko04zxhe39c0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B136" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qho66k182mrvg7qgnl1q7/2january-20201mens.jpg?rlkey=qsa1jzof0lw6qremg7sk7l3bb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r820xwsfsha17bufdqa39/graphic-update2022-mens.jpg?rlkey=zm1csada0fuwvykvd9qoovkni&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
-          <t>Rowley Men's Midweight Sweatshirt</t>
+          <t>Zach Men's Hoodie</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
-          <t>'142113</t>
+          <t>'138392</t>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>MU ROWLEY M BK:132504A-S</t>
+          <t>MU ZACH M WE:138392E-2XL</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>'803132504046</t>
+          <t>'803138392081</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I136" s="0">
-        <v>34.99</v>
+        <v>41.99</v>
       </c>
       <c r="J136" s="0">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="0">
       <c r="A137" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59qr2aelmpzms1byv8wa4/132504t.jpg?rlkey=pvxowgkool9t8k61iqmrchtca&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uk0we5h95x55wfszb9mdw/zach-138392-tn.jpg?rlkey=802bakb9v7sxrko04zxhe39c0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B137" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qho66k182mrvg7qgnl1q7/2january-20201mens.jpg?rlkey=qsa1jzof0lw6qremg7sk7l3bb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r820xwsfsha17bufdqa39/graphic-update2022-mens.jpg?rlkey=zm1csada0fuwvykvd9qoovkni&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
-          <t>Rowley Men's Midweight Sweatshirt</t>
+          <t>Zach Men's Hoodie</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
-          <t>'142113</t>
+          <t>'138392</t>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>MU ROWLEY M BK:132504B-M</t>
+          <t>MU ZACH M WE:138392F-3XL</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>'803132504053</t>
+          <t>'803138392098</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I137" s="0">
-        <v>34.99</v>
+        <v>41.99</v>
       </c>
       <c r="J137" s="0">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="0">
       <c r="A138" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59qr2aelmpzms1byv8wa4/132504t.jpg?rlkey=pvxowgkool9t8k61iqmrchtca&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z6apjfp3tgsvwya69v8kn/elkhart-132499-tn.jpg?rlkey=3jv6ysq3ff1l0dxoghqyj5n46&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B138" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qho66k182mrvg7qgnl1q7/2january-20201mens.jpg?rlkey=qsa1jzof0lw6qremg7sk7l3bb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/czikyfdrlcpbyd6h166qj/graphic-update2022-mens.jpg?rlkey=4kikom6lcnnr4w6tod0wijsfd&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
-          <t>Rowley Men's Midweight Sweatshirt</t>
+          <t>Elkhart Men's Short Sleeve Shirt</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
-          <t>'142113</t>
+          <t>'132499</t>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>MU ROWLEY M BK:132504C-L</t>
+          <t>MU ELKHAR M GD:132499C-L</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>'803132504060</t>
+          <t>'803132499069</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I138" s="0">
-        <v>34.99</v>
+        <v>29.99</v>
       </c>
       <c r="J138" s="0">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="0">
       <c r="A139" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59qr2aelmpzms1byv8wa4/132504t.jpg?rlkey=pvxowgkool9t8k61iqmrchtca&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z6apjfp3tgsvwya69v8kn/elkhart-132499-tn.jpg?rlkey=3jv6ysq3ff1l0dxoghqyj5n46&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B139" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qho66k182mrvg7qgnl1q7/2january-20201mens.jpg?rlkey=qsa1jzof0lw6qremg7sk7l3bb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/czikyfdrlcpbyd6h166qj/graphic-update2022-mens.jpg?rlkey=4kikom6lcnnr4w6tod0wijsfd&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
-          <t>Rowley Men's Midweight Sweatshirt</t>
+          <t>Elkhart Men's Short Sleeve Shirt</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
-          <t>'142113</t>
+          <t>'132499</t>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>MU ROWLEY M BK:132504D-XL</t>
+          <t>MU ELKHAR M GD:132499E-2XL</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>'803132504077</t>
+          <t>'803132499083</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I139" s="0">
-        <v>34.99</v>
+        <v>29.99</v>
       </c>
       <c r="J139" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="0">
       <c r="A140" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59qr2aelmpzms1byv8wa4/132504t.jpg?rlkey=pvxowgkool9t8k61iqmrchtca&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qho66k182mrvg7qgnl1q7/2january-20201mens.jpg?rlkey=qsa1jzof0lw6qremg7sk7l3bb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b79bhxztgug6e55ftau6g/115539-ff.jpg?rlkey=hbazqrqup6cdvd01qhhmvfvqg&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
-          <t>Rowley Men's Midweight Sweatshirt</t>
+          <t>Kyle Men's Beanie</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
-          <t>'142113</t>
+          <t>'115539</t>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>MU ROWLEY M BK:132504E-2XL</t>
+          <t>MU KYLE:115539</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>'803132504084</t>
+          <t>'000000000000</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I140" s="0">
-        <v>36.99</v>
+        <v>24.99</v>
       </c>
       <c r="J140" s="0">
-        <v>6</v>
+        <v>114</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="0">
       <c r="A141" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59qr2aelmpzms1byv8wa4/132504t.jpg?rlkey=pvxowgkool9t8k61iqmrchtca&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qho66k182mrvg7qgnl1q7/2january-20201mens.jpg?rlkey=qsa1jzof0lw6qremg7sk7l3bb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pivh1q7bv7b364z90n3q0/thumb-sideline2023beaniesmuportland97179.jpg?rlkey=1jztor8qchzthdzw7z1xashty&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
-          <t>Rowley Men's Midweight Sweatshirt</t>
+          <t>Portland Women's Knit Headband</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
-          <t>'142113</t>
+          <t>'140875</t>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>MU ROWLEY M BK:132504F-3XL</t>
+          <t>MU PORTLAND W BK:140875</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
-          <t>'803132504091</t>
+          <t>'703140875018</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="I141" s="0">
-        <v>36.99</v>
+        <v>24.99</v>
       </c>
       <c r="J141" s="0">
-        <v>2</v>
+        <v>47</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="0">
       <c r="A142" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a7hrl4a347e4o0sd24nvp/132507t.jpg?rlkey=aq682npb9c72veqsvwk72awdf&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ahrmmqh7m8im8p4h7b7m/2january-20201mens.jpg?rlkey=dm1nem34mwiw21giho045aj8k&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5iv54r5cko2v79xi51eat/thumb-sideline2023beaniescubedford58278.jpg?rlkey=t681hugbvqbbaodngbgysfbyn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
-          <t>Ridgeway Men's Midweight Hoodie</t>
+          <t>Seattle Men's Beanie</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
-          <t>'132507</t>
+          <t>'140878</t>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>MU RIDGEW M BK:132507A-S</t>
+          <t>MU SEATTLE M BK:140878</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
-          <t>'803132507047</t>
+          <t>'703140878019</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I142" s="0">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
       <c r="J142" s="0">
-        <v>2</v>
+        <v>57</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="0">
       <c r="A143" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a7hrl4a347e4o0sd24nvp/132507t.jpg?rlkey=aq682npb9c72veqsvwk72awdf&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ahrmmqh7m8im8p4h7b7m/2january-20201mens.jpg?rlkey=dm1nem34mwiw21giho045aj8k&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mpxz20mzwy5y3do1ape95/126064-af.jpg?rlkey=u19rw4wxwdo2umohsi9fkkm45&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
-          <t>Ridgeway Men's Midweight Hoodie</t>
+          <t>Seattle Men's Beanie</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
-          <t>'132507</t>
+          <t>'126064</t>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>MU RIDGEW M BK:132507B-M</t>
+          <t>MU SEATTLE BK:126064</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>'803132507054</t>
+          <t>'703126064016</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I143" s="0">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
       <c r="J143" s="0">
-        <v>0</v>
+        <v>108</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="0">
       <c r="A144" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a7hrl4a347e4o0sd24nvp/132507t.jpg?rlkey=aq682npb9c72veqsvwk72awdf&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ahrmmqh7m8im8p4h7b7m/2january-20201mens.jpg?rlkey=dm1nem34mwiw21giho045aj8k&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j5eavry0yww5s8e6jff4v/126061.jpg?rlkey=djbipsczmonbxsi41n2z6jmuv&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
-          <t>Ridgeway Men's Midweight Hoodie</t>
+          <t>Felton Men's Ribbed Beanie</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
-          <t>'132507</t>
+          <t>'126061</t>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>MU RIDGEW M BK:132507C-L</t>
+          <t>MU FELTON BK:126061</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>'803132507061</t>
+          <t>'703126061015</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I144" s="0">
-        <v>39.99</v>
+        <v>19.99</v>
       </c>
       <c r="J144" s="0">
-        <v>0</v>
+        <v>96</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="0">
       <c r="A145" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a7hrl4a347e4o0sd24nvp/132507t.jpg?rlkey=aq682npb9c72veqsvwk72awdf&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ahrmmqh7m8im8p4h7b7m/2january-20201mens.jpg?rlkey=dm1nem34mwiw21giho045aj8k&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ol5ckftuaevbmekkglqoe/126060-ff.jpg?rlkey=xyf1r9dsk6se1x9txbfkixcvf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
-          <t>Ridgeway Men's Midweight Hoodie</t>
+          <t>Bedford Pom Beanie</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
-          <t>'132507</t>
+          <t>'126060</t>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>MU RIDGEW M BK:132507D-XL</t>
+          <t>MU BEDFORD BK:126060</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>'803132507078</t>
+          <t>'000000000000</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I145" s="0">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
       <c r="J145" s="0">
-        <v>1</v>
+        <v>132</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="0">
       <c r="A146" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a7hrl4a347e4o0sd24nvp/132507t.jpg?rlkey=aq682npb9c72veqsvwk72awdf&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ahrmmqh7m8im8p4h7b7m/2january-20201mens.jpg?rlkey=dm1nem34mwiw21giho045aj8k&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/bihv99b5xvvcqdn2j656a/addison644806.jpg?rlkey=skg0sm3qo4r5r9q37h48iua4h&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
-          <t>Ridgeway Men's Midweight Hoodie</t>
+          <t>Addison Toddler Beanie</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
-          <t>'132507</t>
+          <t>'123022</t>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>MU RIDGEW M BK:132507E-2XL</t>
+          <t>MU ADDISO T GD:123022</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
-          <t>'803132507085</t>
+          <t>'703123022019</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="I146" s="0">
-        <v>41.99</v>
+        <v>29.99</v>
       </c>
       <c r="J146" s="0">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="0">
       <c r="A147" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a7hrl4a347e4o0sd24nvp/132507t.jpg?rlkey=aq682npb9c72veqsvwk72awdf&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ahrmmqh7m8im8p4h7b7m/2january-20201mens.jpg?rlkey=dm1nem34mwiw21giho045aj8k&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7o3zqzdt21ipdxz5zgrt4/addison644806.jpg?rlkey=r7tsye27174bi9zitag16rhhd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
-          <t>Ridgeway Men's Midweight Hoodie</t>
+          <t>Addison Infant Beanie</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
-          <t>'132507</t>
+          <t>'123008</t>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>MU RIDGEW M BK:132507F-3XL</t>
+          <t>MU ADDISO I GD:123008</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>'803132507092</t>
+          <t>'703123008013</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>INFANT</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>INFANT</t>
         </is>
       </c>
       <c r="I147" s="0">
-        <v>41.99</v>
+        <v>29.99</v>
       </c>
       <c r="J147" s="0">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="0">
       <c r="A148" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ucjmfjje0sq7ujtct8xf0/126056-ff.jpg?rlkey=4orkn5sjyc3xxiefbx9po6eg7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kmzd467jlarz1isjf4nwk/rio-132680-tn.jpg?rlkey=0ef93c856856xj6inicnip73r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
-          <t>Cersei Cuffed Beanie</t>
+          <t>Rio Men's Cap</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
-          <t>'126056</t>
+          <t>'132680</t>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>MU CERSEI BK:126056</t>
+          <t>MU RIO A BK:132680</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'703132680002</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I148" s="0">
-        <v>24.99</v>
+        <v>14.99</v>
       </c>
       <c r="J148" s="0">
-        <v>114</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="0">
       <c r="A149" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fo67fvj53azot3awaormk/126065-ff.jpg?rlkey=7td0p65lyp8au486wcypp11v1&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/inl5cjwg0mqmdiax5c0g8/rio-132681-tn.jpg?rlkey=eg7pg3vkjqk4vashp6qox7gr0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
-          <t>Cuffed Beanie</t>
+          <t>Rio Men's Cap</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
-          <t>'126065</t>
+          <t>'132681</t>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>MU BLACK CUFFED:126065</t>
+          <t>MU RIO A BK:132681</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>'703126065013</t>
+          <t>'703132681009</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>ADULT</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I149" s="0">
-        <v>19.99</v>
+        <v>14.99</v>
       </c>
       <c r="J149" s="0">
-        <v>91</v>
+        <v>40</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="0">
       <c r="A150" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/briau93oaiudko8lqr27m/126074-af.jpg?rlkey=ooy8sycdkw412cixuf5mofbke&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kfaq1dx69ikral2rikgwn/rio-132682-tn.jpg?rlkey=3l9l82eloni1r15beaf4wmnf8&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
-          <t>Jaemin Men's Cap</t>
+          <t>Rio Men's Cap</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
-          <t>'126074</t>
+          <t>'132682</t>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>MU JAEMIN A BK:126074</t>
+          <t>MU RIO A GD:132682</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>'703126074008</t>
+          <t>'703132682006</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I150" s="0">
-        <v>24.99</v>
+        <v>14.99</v>
       </c>
       <c r="J150" s="0">
-        <v>27</v>
+        <v>124</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="0">
       <c r="A151" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/oge78lzcja5ys2h1xvoki/126075-af.jpg?rlkey=cutspmdxm1rxwid5w6obzfmpr&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h8n285n6fy2kvra7pkgzf/rio-132683-tn.jpg?rlkey=g4n4s4lda9mwl3ozev27i695s&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
-          <t>Rudy Men's Cap</t>
+          <t>Rio Men's Cap</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
-          <t>'126075</t>
+          <t>'132683</t>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>MU RUDY A WE:126075</t>
+          <t>MU RIO A WE:132683</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>'703126075005</t>
+          <t>'703132683003</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I151" s="0">
-        <v>19.99</v>
+        <v>14.99</v>
       </c>
       <c r="J151" s="0">
-        <v>26</v>
+        <v>121</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="0">
       <c r="A152" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9etjm6m9v7tco8wkl23n9/126066-af.jpg?rlkey=sanztyjs0j7zn22ci711cx125&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ycww0n0kiy9brlwo11uvo/rio-132684-tn.jpg?rlkey=bsh1j7hb8zfvx7ldp47dd1ycw&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
-          <t>Men's Uncuffed Beanie</t>
+          <t>Rio Men's Cap</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
-          <t>'126066</t>
+          <t>'132684</t>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>MU BLACK UNCUFFED:126066</t>
+          <t>MU RIO A BK:132684</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>'703126066010</t>
+          <t>'703132684000</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>ADULT</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I152" s="0">
         <v>14.99</v>
       </c>
       <c r="J152" s="0">
-        <v>52</v>
+        <v>124</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="0">
       <c r="A153" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9u7sdthkyaxrbwr9znzts/109359-af.jpg?rlkey=cezkkmljqvycmd5rn5rt330bf&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pfpjttaa2l4me9yswcfn1/8-19youth.jpg?rlkey=8ajj4nl693vlsohb1g47nfi75&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n9hv6oee1ob0psm3x592q/rio-132685-tn.jpg?rlkey=p5e0qcow8zgls0yoikffzybh7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
-          <t>Dekalb Youth Microfleece Pullover</t>
+          <t>Rio Men's Cap</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
-          <t>'109359</t>
+          <t>'132685</t>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>MU DEKALB:109359B-YS</t>
+          <t>MU RIO A BK:132685</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
-          <t>'800109359012</t>
+          <t>'703132685007</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>YS</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I153" s="0">
-        <v>42.99</v>
+        <v>14.99</v>
       </c>
       <c r="J153" s="0">
-        <v>5</v>
+        <v>124</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="0">
       <c r="A154" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9u7sdthkyaxrbwr9znzts/109359-af.jpg?rlkey=cezkkmljqvycmd5rn5rt330bf&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pfpjttaa2l4me9yswcfn1/8-19youth.jpg?rlkey=8ajj4nl693vlsohb1g47nfi75&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jykrt9y1jpgu55bmk1s77/rio-132686-tn.jpg?rlkey=gux8ijp2dzhymdy045lidf015&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
-          <t>Dekalb Youth Microfleece Pullover</t>
+          <t>Rio Men's Cap</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
-          <t>'109359</t>
+          <t>'132686</t>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>MU DEKALB:109359C-YM</t>
+          <t>MU RIO A BK:132686</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>'800109359029</t>
+          <t>'703132686004</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>YM</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I154" s="0">
-        <v>42.99</v>
+        <v>14.99</v>
       </c>
       <c r="J154" s="0">
-        <v>6</v>
+        <v>124</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="0">
       <c r="A155" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9u7sdthkyaxrbwr9znzts/109359-af.jpg?rlkey=cezkkmljqvycmd5rn5rt330bf&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pfpjttaa2l4me9yswcfn1/8-19youth.jpg?rlkey=8ajj4nl693vlsohb1g47nfi75&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6w7t546wbk8euv77i38je/rio-132687-tn.jpg?rlkey=zakumfnpml41p5mh2su8qcbi8&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
-          <t>Dekalb Youth Microfleece Pullover</t>
+          <t>Rio Men's Cap</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
-          <t>'109359</t>
+          <t>'132687</t>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>MU DEKALB:109359D-YL</t>
+          <t>MU RIO A BK:132687</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>'800109359036</t>
+          <t>'703132687001</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>YL</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I155" s="0">
-        <v>42.99</v>
+        <v>14.99</v>
       </c>
       <c r="J155" s="0">
-        <v>7</v>
+        <v>39</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="0">
       <c r="A156" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9u7sdthkyaxrbwr9znzts/109359-af.jpg?rlkey=cezkkmljqvycmd5rn5rt330bf&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pfpjttaa2l4me9yswcfn1/8-19youth.jpg?rlkey=8ajj4nl693vlsohb1g47nfi75&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v44p9sm51uc8kwvuo9srg/rio-132688-tn.jpg?rlkey=zsjuorwwbugr4gtwkgriyq70x&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
-          <t>Dekalb Youth Microfleece Pullover</t>
+          <t>Rio Men's Cap</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
-          <t>'109359</t>
+          <t>'132688</t>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>MU DEKALB:109359E-YXL</t>
+          <t>MU RIO A GY:132688</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>'800109359043</t>
+          <t>'703132688008</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>YXL</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I156" s="0">
-        <v>42.99</v>
+        <v>14.99</v>
       </c>
       <c r="J156" s="0">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="0">
       <c r="A157" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d2fh8xmqomz5vql1fpqtb/109190-af.jpg?rlkey=yzqszc1wa99nfqfthxd1ata2y&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1wy1ycceumnnyobtypkl/womens-pullover-size-chartseleanor.jpg?rlkey=2yvgyohhrmjg0mizy3c49ene3&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kcxfub4b1kjlb5yrnafjg/rami-132584-tn.jpg?rlkey=mt8ahxbhmplbttbtbsp1f60k8&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
-          <t>Eleanor Women's Sweater Fleece Pullover</t>
+          <t>Rami Men's Knit Beanie</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
-          <t>'109190</t>
+          <t>'132584</t>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>MU ELEANOR:109190A-S</t>
+          <t>MU RAMI A BK:132584</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>'800109190011</t>
+          <t>'703132584010</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I157" s="0">
-        <v>59.99</v>
+        <v>14.99</v>
       </c>
       <c r="J157" s="0">
-        <v>0</v>
+        <v>108</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="0">
       <c r="A158" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d2fh8xmqomz5vql1fpqtb/109190-af.jpg?rlkey=yzqszc1wa99nfqfthxd1ata2y&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1wy1ycceumnnyobtypkl/womens-pullover-size-chartseleanor.jpg?rlkey=2yvgyohhrmjg0mizy3c49ene3&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0pu5s3k1waz06zsknutum/rami-132585-tn.jpg?rlkey=asingdxjwk67we5vng0vtnwpa&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
-          <t>Eleanor Women's Sweater Fleece Pullover</t>
+          <t>Rami Men's Knit Beanie</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
-          <t>'109190</t>
+          <t>'132585</t>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>MU ELEANOR:109190B-M</t>
+          <t>MU RAMI A BK:132585</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
-          <t>'800109190028</t>
+          <t>'703132585017</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I158" s="0">
-        <v>59.99</v>
+        <v>14.99</v>
       </c>
       <c r="J158" s="0">
-        <v>9</v>
+        <v>132</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="0">
       <c r="A159" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d2fh8xmqomz5vql1fpqtb/109190-af.jpg?rlkey=yzqszc1wa99nfqfthxd1ata2y&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1wy1ycceumnnyobtypkl/womens-pullover-size-chartseleanor.jpg?rlkey=2yvgyohhrmjg0mizy3c49ene3&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/29g9k8ostt2hjb025wotn/rami-132586-tn.jpg?rlkey=nrqgv0j9nhovqn91riqj3hg42&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
-          <t>Eleanor Women's Sweater Fleece Pullover</t>
+          <t>Rami Men's Knit Beanie</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
-          <t>'109190</t>
+          <t>'132586</t>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>MU ELEANOR:109190C-L</t>
+          <t>MU RAMI A GD:132586</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
-          <t>'800109190035</t>
+          <t>'703132586014</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I159" s="0">
-        <v>59.99</v>
+        <v>14.99</v>
       </c>
       <c r="J159" s="0">
-        <v>9</v>
+        <v>131</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="0">
       <c r="A160" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d2fh8xmqomz5vql1fpqtb/109190-af.jpg?rlkey=yzqszc1wa99nfqfthxd1ata2y&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1wy1ycceumnnyobtypkl/womens-pullover-size-chartseleanor.jpg?rlkey=2yvgyohhrmjg0mizy3c49ene3&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xdoahvvg8n9bcmg3vgvqy/rami132586tn44789.jpg?rlkey=2iod9fh0q3xzcee7l2t06kwbx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
-          <t>Eleanor Women's Sweater Fleece Pullover</t>
+          <t>Rami Men's Knit Beanie</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
-          <t>'109190</t>
+          <t>'132587</t>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>MU ELEANOR:109190D-XL</t>
+          <t>MU RAMI A BK:132587</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>'800109190042</t>
+          <t>'703132587011</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I160" s="0">
-        <v>59.99</v>
+        <v>14.99</v>
       </c>
       <c r="J160" s="0">
-        <v>0</v>
+        <v>36</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="0">
       <c r="A161" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d2fh8xmqomz5vql1fpqtb/109190-af.jpg?rlkey=yzqszc1wa99nfqfthxd1ata2y&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1wy1ycceumnnyobtypkl/womens-pullover-size-chartseleanor.jpg?rlkey=2yvgyohhrmjg0mizy3c49ene3&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cxd1fwsdvcr7rk8pyknkz/rami-132588-tn.jpg?rlkey=t09t7idl3su44j3sa0jov3zt0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
-          <t>Eleanor Women's Sweater Fleece Pullover</t>
+          <t>Rami Men's Knit Beanie</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
-          <t>'109190</t>
+          <t>'132588</t>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>MU ELEANOR:109190E-2XL</t>
+          <t>MU RAMI A BK:132588</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>'800109190059</t>
+          <t>'703132588018</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I161" s="0">
-        <v>59.99</v>
+        <v>14.99</v>
       </c>
       <c r="J161" s="0">
-        <v>4</v>
+        <v>48</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="0">
       <c r="A162" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d2fh8xmqomz5vql1fpqtb/109190-af.jpg?rlkey=yzqszc1wa99nfqfthxd1ata2y&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1wy1ycceumnnyobtypkl/womens-pullover-size-chartseleanor.jpg?rlkey=2yvgyohhrmjg0mizy3c49ene3&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zaf2xcfhwxhlsis9fv0zy/rami-132589-tn.jpg?rlkey=f9b5cd99i8yespcw9mkh0n199&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
-          <t>Eleanor Women's Sweater Fleece Pullover</t>
+          <t>Rami Men's Knit Beanie</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
-          <t>'109190</t>
+          <t>'132589</t>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>MU ELEANOR:109190F-3XL</t>
+          <t>MU RAMI A GD:132589</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>'800109190066</t>
+          <t>'703132589015</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I162" s="0">
-        <v>59.99</v>
+        <v>14.99</v>
       </c>
       <c r="J162" s="0">
-        <v>4</v>
+        <v>132</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="0">
       <c r="A163" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6d370g8bju0rnl80k65w1/108976-af.jpg?rlkey=1pgkwabbxfmkhrgqr0gqhc0km&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xzihd921hqvfjc03rv99r/rami-132590-tn.jpg?rlkey=z15cg1wh9cwgkq5kmff7uuv6k&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
-          <t>Victoria Women's Cowl Neck Pullover</t>
+          <t>Rami Men's Knit Beanie</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
-          <t>'108976</t>
+          <t>'132590</t>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>MU VICTORIA GREY:108976A-S</t>
+          <t>MU RAMI A BK:132590</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>'800108976012</t>
+          <t>'703132590011</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I163" s="0">
-        <v>49.99</v>
+        <v>14.99</v>
       </c>
       <c r="J163" s="0">
-        <v>7</v>
+        <v>133</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="0">
       <c r="A164" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6d370g8bju0rnl80k65w1/108976-af.jpg?rlkey=1pgkwabbxfmkhrgqr0gqhc0km&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kgpkaitdhtxrtblu8ikit/rami-132591-tn.jpg?rlkey=iu8rvoif6ql8c14d1nkxrf84u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
-          <t>Victoria Women's Cowl Neck Pullover</t>
+          <t>Rami Men's Knit Beanie</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
-          <t>'108976</t>
+          <t>'132591</t>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>MU VICTORIA GREY:108976B-M</t>
+          <t>MU RAMI A BK:132591</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>'800108976029</t>
+          <t>'703132591018</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I164" s="0">
-        <v>49.99</v>
+        <v>14.99</v>
       </c>
       <c r="J164" s="0">
-        <v>19</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="0">
       <c r="A165" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6d370g8bju0rnl80k65w1/108976-af.jpg?rlkey=1pgkwabbxfmkhrgqr0gqhc0km&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9bco3eq2ijw8kv4r9jb7k/rami-132592-tn.jpg?rlkey=uzf1tw2w2eiovn8cq38vcqjr7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
-          <t>Victoria Women's Cowl Neck Pullover</t>
+          <t>Rami Men's Knit Beanie</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
-          <t>'108976</t>
+          <t>'132592</t>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>MU VICTORIA GREY:108976C-L</t>
+          <t>MU RAMI A GY:132592</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>'800108976036</t>
+          <t>'703132592015</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I165" s="0">
-        <v>49.99</v>
+        <v>14.99</v>
       </c>
       <c r="J165" s="0">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="0">
       <c r="A166" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6d370g8bju0rnl80k65w1/108976-af.jpg?rlkey=1pgkwabbxfmkhrgqr0gqhc0km&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ceugg3wgarmgk9rpaz9c0/103187-07-af.jpg?rlkey=7nf40eczwb44em1osiolcyb8b&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
-          <t>Victoria Women's Cowl Neck Pullover</t>
+          <t>Parr Men's Cap</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
-          <t>'108976</t>
+          <t>'103187-07</t>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>MU VICTORIA GREY:108976D-XL</t>
+          <t>DK GOLD WASHED:103187-07</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
-          <t>'800108976043</t>
+          <t>'700103187072</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I166" s="0">
-        <v>49.99</v>
+        <v>19.99</v>
       </c>
       <c r="J166" s="0">
-        <v>0</v>
+        <v>545</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="0">
       <c r="A167" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6d370g8bju0rnl80k65w1/108976-af.jpg?rlkey=1pgkwabbxfmkhrgqr0gqhc0km&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/logytn65wwfejreh8n12k/103187-08-af.jpg?rlkey=o7i2761fnh7deso1g641u557t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
-          <t>Victoria Women's Cowl Neck Pullover</t>
+          <t>Parr Men's Cap</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
-          <t>'108976</t>
+          <t>'103187-08</t>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>MU VICTORIA GREY:108976E-2XL</t>
+          <t>DK GOLD WASHED:103187-08</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>'800108976050</t>
+          <t>'700103187089</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I167" s="0">
-        <v>49.99</v>
+        <v>19.99</v>
       </c>
       <c r="J167" s="0">
-        <v>0</v>
+        <v>552</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="0">
       <c r="A168" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6d370g8bju0rnl80k65w1/108976-af.jpg?rlkey=1pgkwabbxfmkhrgqr0gqhc0km&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1at29ojd19h3m6j2brot2/103187-09-af.jpg?rlkey=vifypfzh1q3r1yxb6nox5js7h&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
-          <t>Victoria Women's Cowl Neck Pullover</t>
+          <t>Parr Men's Cap</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
-          <t>'108976</t>
+          <t>'103187-09</t>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>MU VICTORIA GREY:108976F-3XL</t>
+          <t>DK GOLD WASHED:103187-09</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>'800108976067</t>
+          <t>'700103187096</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I168" s="0">
-        <v>49.99</v>
+        <v>19.99</v>
       </c>
       <c r="J168" s="0">
-        <v>0</v>
+        <v>550</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="0">
       <c r="A169" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1gcea3gmq4eezzlfyki9y/126063f.jpg?rlkey=4lokam0f07jnwgf6ir32jllk8&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
-          <t>Athena Women's Quilted Jacket</t>
+          <t>Rupert Men's Cuffed Beanie</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
-          <t>'114587</t>
+          <t>'126063</t>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>MU ATHENA W GREY:114587A-S</t>
+          <t>MU RUPERT:126063</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>'803114587043</t>
+          <t>'703126063019</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I169" s="0">
-        <v>69.99</v>
+        <v>19.99</v>
       </c>
       <c r="J169" s="0">
-        <v>8</v>
+        <v>124</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="0">
       <c r="A170" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0tfro2odfdd9debtd5kez/126062-ff.jpg?rlkey=h9ozpw3axyrlsg004eib750ed&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
-          <t>Athena Women's Quilted Jacket</t>
+          <t>Warner Men's Uncuffed Beanie</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
-          <t>'114587</t>
+          <t>'126062</t>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>MU ATHENA W GREY:114587B-M</t>
+          <t>MU WARNER:126062</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
-          <t>'803114587050</t>
+          <t>'703126062012</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I170" s="0">
-        <v>69.99</v>
+        <v>19.99</v>
       </c>
       <c r="J170" s="0">
-        <v>16</v>
+        <v>102</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="0">
       <c r="A171" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59qr2aelmpzms1byv8wa4/132504t.jpg?rlkey=pvxowgkool9t8k61iqmrchtca&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B171" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qho66k182mrvg7qgnl1q7/2january-20201mens.jpg?rlkey=qsa1jzof0lw6qremg7sk7l3bb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
-          <t>Athena Women's Quilted Jacket</t>
+          <t>Rowley Men's Midweight Sweatshirt</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
-          <t>'114587</t>
+          <t>'142113</t>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>MU ATHENA W GREY:114587C-L</t>
+          <t>MU ROWLEY M BK:132504A-S</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
-          <t>'803114587067</t>
+          <t>'803132504046</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I171" s="0">
-        <v>69.99</v>
+        <v>34.99</v>
       </c>
       <c r="J171" s="0">
-        <v>15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="0">
       <c r="A172" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59qr2aelmpzms1byv8wa4/132504t.jpg?rlkey=pvxowgkool9t8k61iqmrchtca&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B172" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qho66k182mrvg7qgnl1q7/2january-20201mens.jpg?rlkey=qsa1jzof0lw6qremg7sk7l3bb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
-          <t>Athena Women's Quilted Jacket</t>
+          <t>Rowley Men's Midweight Sweatshirt</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
-          <t>'114587</t>
+          <t>'142113</t>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>MU ATHENA W GREY:114587D-XL</t>
+          <t>MU ROWLEY M BK:132504B-M</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>'803114587074</t>
+          <t>'803132504053</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I172" s="0">
-        <v>69.99</v>
+        <v>34.99</v>
       </c>
       <c r="J172" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="0">
       <c r="A173" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59qr2aelmpzms1byv8wa4/132504t.jpg?rlkey=pvxowgkool9t8k61iqmrchtca&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B173" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qho66k182mrvg7qgnl1q7/2january-20201mens.jpg?rlkey=qsa1jzof0lw6qremg7sk7l3bb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
-          <t>Athena Women's Quilted Jacket</t>
+          <t>Rowley Men's Midweight Sweatshirt</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
-          <t>'114587</t>
+          <t>'142113</t>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>MU ATHENA W GREY:114587E-2XL</t>
+          <t>MU ROWLEY M BK:132504C-L</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>'803114587081</t>
+          <t>'803132504060</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I173" s="0">
-        <v>71.99</v>
+        <v>34.99</v>
       </c>
       <c r="J173" s="0">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="0">
       <c r="A174" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59qr2aelmpzms1byv8wa4/132504t.jpg?rlkey=pvxowgkool9t8k61iqmrchtca&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B174" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qho66k182mrvg7qgnl1q7/2january-20201mens.jpg?rlkey=qsa1jzof0lw6qremg7sk7l3bb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
-          <t>Athena Women's Quilted Jacket</t>
+          <t>Rowley Men's Midweight Sweatshirt</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
-          <t>'114587</t>
+          <t>'142113</t>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>MU ATHENA W GREY:114587F-3XL</t>
+          <t>MU ROWLEY M BK:132504D-XL</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>'803114587098</t>
+          <t>'803132504077</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I174" s="0">
-        <v>71.99</v>
+        <v>34.99</v>
       </c>
       <c r="J174" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="0">
       <c r="A175" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59qr2aelmpzms1byv8wa4/132504t.jpg?rlkey=pvxowgkool9t8k61iqmrchtca&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B175" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qho66k182mrvg7qgnl1q7/2january-20201mens.jpg?rlkey=qsa1jzof0lw6qremg7sk7l3bb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
-          <t>Athena Women's Quilted Jacket</t>
+          <t>Rowley Men's Midweight Sweatshirt</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
-          <t>'114587</t>
+          <t>'142113</t>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>MU ATHENA W GREY 12 PACK:114587Z-12PK</t>
+          <t>MU ROWLEY M BK:132504E-2XL</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>'803114587999</t>
+          <t>'803132504084</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I175" s="0">
-        <v>672</v>
+        <v>36.99</v>
       </c>
       <c r="J175" s="0">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="0">
       <c r="A176" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wwwxipeje9h938v4zhjmu/115938-af.jpg?rlkey=7xbyak6x2dwpyf3k281sreajb&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/59qr2aelmpzms1byv8wa4/132504t.jpg?rlkey=pvxowgkool9t8k61iqmrchtca&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B176" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qho66k182mrvg7qgnl1q7/2january-20201mens.jpg?rlkey=qsa1jzof0lw6qremg7sk7l3bb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
-          <t>Serena Women's Lined Beanie</t>
+          <t>Rowley Men's Midweight Sweatshirt</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
-          <t>'115938</t>
+          <t>'142113</t>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>MU SERENA:115938</t>
+          <t>MU ROWLEY M BK:132504F-3XL</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>'703115938014</t>
+          <t>'803132504091</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I176" s="0">
-        <v>24.99</v>
+        <v>36.99</v>
       </c>
       <c r="J176" s="0">
-        <v>78</v>
+        <v>2</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="0">
       <c r="A177" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a7hrl4a347e4o0sd24nvp/132507t.jpg?rlkey=aq682npb9c72veqsvwk72awdf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B177" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ahrmmqh7m8im8p4h7b7m/2january-20201mens.jpg?rlkey=dm1nem34mwiw21giho045aj8k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
-          <t>Allegra Women's Sherpa Wrap</t>
+          <t>Ridgeway Men's Midweight Hoodie</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
-          <t>'114580</t>
+          <t>'132507</t>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>MU ALLEGRA W FROSTED BLACK:114580A-S</t>
+          <t>MU RIDGEW M BK:132507A-S</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>'803114580044</t>
+          <t>'803132507047</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I177" s="0">
-        <v>54.99</v>
+        <v>39.99</v>
       </c>
       <c r="J177" s="0">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="0">
       <c r="A178" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a7hrl4a347e4o0sd24nvp/132507t.jpg?rlkey=aq682npb9c72veqsvwk72awdf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B178" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ahrmmqh7m8im8p4h7b7m/2january-20201mens.jpg?rlkey=dm1nem34mwiw21giho045aj8k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
-          <t>Allegra Women's Sherpa Wrap</t>
+          <t>Ridgeway Men's Midweight Hoodie</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
-          <t>'114580</t>
+          <t>'132507</t>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>MU ALLEGRA W FROSTED BLACK:114580B-M</t>
+          <t>MU RIDGEW M BK:132507B-M</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
-          <t>'803114580051</t>
+          <t>'803132507054</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I178" s="0">
-        <v>54.99</v>
+        <v>39.99</v>
       </c>
       <c r="J178" s="0">
-        <v>13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="0">
       <c r="A179" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a7hrl4a347e4o0sd24nvp/132507t.jpg?rlkey=aq682npb9c72veqsvwk72awdf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B179" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ahrmmqh7m8im8p4h7b7m/2january-20201mens.jpg?rlkey=dm1nem34mwiw21giho045aj8k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
-          <t>Allegra Women's Sherpa Wrap</t>
+          <t>Ridgeway Men's Midweight Hoodie</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
-          <t>'114580</t>
+          <t>'132507</t>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>MU ALLEGRA W FROSTED BLACK:114580C-L</t>
+          <t>MU RIDGEW M BK:132507C-L</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>'803114580068</t>
+          <t>'803132507061</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I179" s="0">
-        <v>54.99</v>
+        <v>39.99</v>
       </c>
       <c r="J179" s="0">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="0">
       <c r="A180" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a7hrl4a347e4o0sd24nvp/132507t.jpg?rlkey=aq682npb9c72veqsvwk72awdf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B180" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ahrmmqh7m8im8p4h7b7m/2january-20201mens.jpg?rlkey=dm1nem34mwiw21giho045aj8k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
-          <t>Allegra Women's Sherpa Wrap</t>
+          <t>Ridgeway Men's Midweight Hoodie</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
-          <t>'114580</t>
+          <t>'132507</t>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>MU ALLEGRA W FROSTED BLACK:114580D-XL</t>
+          <t>MU RIDGEW M BK:132507D-XL</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>'803114580075</t>
+          <t>'803132507078</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I180" s="0">
-        <v>54.99</v>
+        <v>39.99</v>
       </c>
       <c r="J180" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="0">
       <c r="A181" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a7hrl4a347e4o0sd24nvp/132507t.jpg?rlkey=aq682npb9c72veqsvwk72awdf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B181" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ahrmmqh7m8im8p4h7b7m/2january-20201mens.jpg?rlkey=dm1nem34mwiw21giho045aj8k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
-          <t>Allegra Women's Sherpa Wrap</t>
+          <t>Ridgeway Men's Midweight Hoodie</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
-          <t>'114580</t>
+          <t>'132507</t>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>MU ALLEGRA W FROSTED BLACK:114580E-2XL</t>
+          <t>MU RIDGEW M BK:132507E-2XL</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
-          <t>'803114580082</t>
+          <t>'803132507085</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I181" s="0">
-        <v>56.99</v>
+        <v>41.99</v>
       </c>
       <c r="J181" s="0">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="0">
       <c r="A182" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a7hrl4a347e4o0sd24nvp/132507t.jpg?rlkey=aq682npb9c72veqsvwk72awdf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B182" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ahrmmqh7m8im8p4h7b7m/2january-20201mens.jpg?rlkey=dm1nem34mwiw21giho045aj8k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
-          <t>Allegra Women's Sherpa Wrap</t>
+          <t>Ridgeway Men's Midweight Hoodie</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
-          <t>'114580</t>
+          <t>'132507</t>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>MU ALLEGRA W FROSTED BLACK:114580F-3XL</t>
+          <t>MU RIDGEW M BK:132507F-3XL</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>'803114580099</t>
+          <t>'803132507092</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I182" s="0">
-        <v>56.99</v>
+        <v>41.99</v>
       </c>
       <c r="J182" s="0">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="0">
       <c r="A183" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ucjmfjje0sq7ujtct8xf0/126056-ff.jpg?rlkey=4orkn5sjyc3xxiefbx9po6eg7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
-          <t>Allegra Women's Sherpa Wrap</t>
+          <t>Cersei Cuffed Beanie</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
-          <t>'114580</t>
+          <t>'126056</t>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>MU ALLEGRA W FROSTED BLACK 12 PACK:114580Z-12PK</t>
+          <t>MU CERSEI BK:126056</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
-          <t>'803114580990</t>
+          <t>'000000000000</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I183" s="0">
-        <v>560</v>
+        <v>24.99</v>
       </c>
       <c r="J183" s="0">
-        <v>0</v>
+        <v>114</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="0">
       <c r="A184" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fo67fvj53azot3awaormk/126065-ff.jpg?rlkey=7td0p65lyp8au486wcypp11v1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
-          <t>Lorelai Womens Long Sleeve Shirt</t>
+          <t>Cuffed Beanie</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
-          <t>'114542</t>
+          <t>'126065</t>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>MU LORELAI W BLACK:A-S</t>
+          <t>MU BLACK CUFFED:126065</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>'803114542042</t>
+          <t>'703126065013</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I184" s="0">
-        <v>36.99</v>
+        <v>19.99</v>
       </c>
       <c r="J184" s="0">
-        <v>6</v>
+        <v>91</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="0">
       <c r="A185" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/briau93oaiudko8lqr27m/126074-af.jpg?rlkey=ooy8sycdkw412cixuf5mofbke&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
-          <t>Lorelai Womens Long Sleeve Shirt</t>
+          <t>Jaemin Men's Cap</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
-          <t>'114542</t>
+          <t>'126074</t>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>MU LORELAI W BLACK:B-M</t>
+          <t>MU JAEMIN A BK:126074</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>'803114542059</t>
+          <t>'703126074008</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I185" s="0">
-        <v>36.99</v>
+        <v>24.99</v>
       </c>
       <c r="J185" s="0">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="0">
       <c r="A186" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/oge78lzcja5ys2h1xvoki/126075-af.jpg?rlkey=cutspmdxm1rxwid5w6obzfmpr&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
-          <t>Lorelai Womens Long Sleeve Shirt</t>
+          <t>Rudy Men's Cap</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
-          <t>'114542</t>
+          <t>'126075</t>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>MU LORELAI W BLACK:C-L</t>
+          <t>MU RUDY A WE:126075</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>'803114542066</t>
+          <t>'703126075005</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I186" s="0">
-        <v>36.99</v>
+        <v>19.99</v>
       </c>
       <c r="J186" s="0">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="0">
       <c r="A187" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9etjm6m9v7tco8wkl23n9/126066-af.jpg?rlkey=sanztyjs0j7zn22ci711cx125&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
-          <t>Lorelai Womens Long Sleeve Shirt</t>
+          <t>Men's Uncuffed Beanie</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
-          <t>'114542</t>
+          <t>'126066</t>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>MU LORELAI W BLACK:D-XL</t>
+          <t>MU BLACK UNCUFFED:126066</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>'803114542073</t>
+          <t>'703126066010</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I187" s="0">
-        <v>36.99</v>
+        <v>14.99</v>
       </c>
       <c r="J187" s="0">
-        <v>6</v>
+        <v>52</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="0">
       <c r="A188" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9u7sdthkyaxrbwr9znzts/109359-af.jpg?rlkey=cezkkmljqvycmd5rn5rt330bf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B188" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pfpjttaa2l4me9yswcfn1/8-19youth.jpg?rlkey=8ajj4nl693vlsohb1g47nfi75&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
-          <t>Lorelai Womens Long Sleeve Shirt</t>
+          <t>Dekalb Youth Microfleece Pullover</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
-          <t>'114542</t>
+          <t>'109359</t>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>MU LORELAI W BLACK:E-2XL</t>
+          <t>MU DEKALB:109359B-YS</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
-          <t>'803114542080</t>
+          <t>'800109359012</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>YS</t>
         </is>
       </c>
       <c r="I188" s="0">
-        <v>38.99</v>
+        <v>42.99</v>
       </c>
       <c r="J188" s="0">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="0">
       <c r="A189" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9u7sdthkyaxrbwr9znzts/109359-af.jpg?rlkey=cezkkmljqvycmd5rn5rt330bf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B189" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pfpjttaa2l4me9yswcfn1/8-19youth.jpg?rlkey=8ajj4nl693vlsohb1g47nfi75&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
-          <t>Lorelai Womens Long Sleeve Shirt</t>
+          <t>Dekalb Youth Microfleece Pullover</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
-          <t>'114542</t>
+          <t>'109359</t>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>MU LORELAI W BLACK:F-3XL</t>
+          <t>MU DEKALB:109359C-YM</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>'803114542097</t>
+          <t>'800109359029</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>YM</t>
         </is>
       </c>
       <c r="I189" s="0">
-        <v>38.99</v>
+        <v>42.99</v>
       </c>
       <c r="J189" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="0">
       <c r="A190" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9u7sdthkyaxrbwr9znzts/109359-af.jpg?rlkey=cezkkmljqvycmd5rn5rt330bf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B190" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pfpjttaa2l4me9yswcfn1/8-19youth.jpg?rlkey=8ajj4nl693vlsohb1g47nfi75&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
-          <t>Lorelai Womens Long Sleeve Shirt</t>
+          <t>Dekalb Youth Microfleece Pullover</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
-          <t>'114542</t>
+          <t>'109359</t>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>MU LORELAI W BLACK 12 PACK:Z-12PK</t>
+          <t>MU DEKALB:109359D-YL</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>'803114542998</t>
+          <t>'800109359036</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>YL</t>
         </is>
       </c>
       <c r="I190" s="0">
-        <v>380</v>
+        <v>42.99</v>
       </c>
       <c r="J190" s="0">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="0">
       <c r="A191" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ut4mhzpjvn4n0av1pdwaf/109585-af.jpg?rlkey=7wjjc9wsx0pj2ot4rmj9xrqgn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9u7sdthkyaxrbwr9znzts/109359-af.jpg?rlkey=cezkkmljqvycmd5rn5rt330bf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B191" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yb55tkamjzv1y2guu5of0/graphic-update2022-womens.jpg?rlkey=ldbz4bbxlln0rtuxzbnk1nlg6&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pfpjttaa2l4me9yswcfn1/8-19youth.jpg?rlkey=8ajj4nl693vlsohb1g47nfi75&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
-          <t>Bristol Women's Long Sleeve Shirt</t>
+          <t>Dekalb Youth Microfleece Pullover</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
-          <t>'109585</t>
+          <t>'109359</t>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>MU BRISTOL:109585A-S</t>
+          <t>MU DEKALB:109359E-YXL</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>'800109585015</t>
+          <t>'800109359043</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>YXL</t>
         </is>
       </c>
       <c r="I191" s="0">
-        <v>34.99</v>
+        <v>42.99</v>
       </c>
       <c r="J191" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="0">
       <c r="A192" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ut4mhzpjvn4n0av1pdwaf/109585-af.jpg?rlkey=7wjjc9wsx0pj2ot4rmj9xrqgn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d2fh8xmqomz5vql1fpqtb/109190-af.jpg?rlkey=yzqszc1wa99nfqfthxd1ata2y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B192" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yb55tkamjzv1y2guu5of0/graphic-update2022-womens.jpg?rlkey=ldbz4bbxlln0rtuxzbnk1nlg6&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1wy1ycceumnnyobtypkl/womens-pullover-size-chartseleanor.jpg?rlkey=2yvgyohhrmjg0mizy3c49ene3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
-          <t>Bristol Women's Long Sleeve Shirt</t>
+          <t>Eleanor Women's Sweater Fleece Pullover</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
-          <t>'109585</t>
+          <t>'109190</t>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>MU BRISTOL:109585B-M</t>
+          <t>MU ELEANOR:109190A-S</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>'800109585022</t>
+          <t>'800109190011</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I192" s="0">
-        <v>34.99</v>
+        <v>59.99</v>
       </c>
       <c r="J192" s="0">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="0">
       <c r="A193" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ut4mhzpjvn4n0av1pdwaf/109585-af.jpg?rlkey=7wjjc9wsx0pj2ot4rmj9xrqgn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d2fh8xmqomz5vql1fpqtb/109190-af.jpg?rlkey=yzqszc1wa99nfqfthxd1ata2y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B193" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yb55tkamjzv1y2guu5of0/graphic-update2022-womens.jpg?rlkey=ldbz4bbxlln0rtuxzbnk1nlg6&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1wy1ycceumnnyobtypkl/womens-pullover-size-chartseleanor.jpg?rlkey=2yvgyohhrmjg0mizy3c49ene3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
-          <t>Bristol Women's Long Sleeve Shirt</t>
+          <t>Eleanor Women's Sweater Fleece Pullover</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
-          <t>'109585</t>
+          <t>'109190</t>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>MU BRISTOL:109585C-L</t>
+          <t>MU ELEANOR:109190B-M</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>'800109585039</t>
+          <t>'800109190028</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I193" s="0">
-        <v>34.99</v>
+        <v>59.99</v>
       </c>
       <c r="J193" s="0">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="0">
       <c r="A194" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ut4mhzpjvn4n0av1pdwaf/109585-af.jpg?rlkey=7wjjc9wsx0pj2ot4rmj9xrqgn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d2fh8xmqomz5vql1fpqtb/109190-af.jpg?rlkey=yzqszc1wa99nfqfthxd1ata2y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B194" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yb55tkamjzv1y2guu5of0/graphic-update2022-womens.jpg?rlkey=ldbz4bbxlln0rtuxzbnk1nlg6&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1wy1ycceumnnyobtypkl/womens-pullover-size-chartseleanor.jpg?rlkey=2yvgyohhrmjg0mizy3c49ene3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
-          <t>Bristol Women's Long Sleeve Shirt</t>
+          <t>Eleanor Women's Sweater Fleece Pullover</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
-          <t>'109585</t>
+          <t>'109190</t>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>MU BRISTOL:109585D-XL</t>
+          <t>MU ELEANOR:109190C-L</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>'800109585046</t>
+          <t>'800109190035</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I194" s="0">
-        <v>34.99</v>
+        <v>59.99</v>
       </c>
       <c r="J194" s="0">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="0">
       <c r="A195" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ut4mhzpjvn4n0av1pdwaf/109585-af.jpg?rlkey=7wjjc9wsx0pj2ot4rmj9xrqgn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d2fh8xmqomz5vql1fpqtb/109190-af.jpg?rlkey=yzqszc1wa99nfqfthxd1ata2y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B195" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yb55tkamjzv1y2guu5of0/graphic-update2022-womens.jpg?rlkey=ldbz4bbxlln0rtuxzbnk1nlg6&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1wy1ycceumnnyobtypkl/womens-pullover-size-chartseleanor.jpg?rlkey=2yvgyohhrmjg0mizy3c49ene3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
-          <t>Bristol Women's Long Sleeve Shirt</t>
+          <t>Eleanor Women's Sweater Fleece Pullover</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
-          <t>'109585</t>
+          <t>'109190</t>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>MU BRISTOL:109585E-2XL</t>
+          <t>MU ELEANOR:109190D-XL</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>'800109585053</t>
+          <t>'800109190042</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I195" s="0">
-        <v>36.99</v>
+        <v>59.99</v>
       </c>
       <c r="J195" s="0">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="0">
       <c r="A196" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ut4mhzpjvn4n0av1pdwaf/109585-af.jpg?rlkey=7wjjc9wsx0pj2ot4rmj9xrqgn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d2fh8xmqomz5vql1fpqtb/109190-af.jpg?rlkey=yzqszc1wa99nfqfthxd1ata2y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B196" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yb55tkamjzv1y2guu5of0/graphic-update2022-womens.jpg?rlkey=ldbz4bbxlln0rtuxzbnk1nlg6&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1wy1ycceumnnyobtypkl/womens-pullover-size-chartseleanor.jpg?rlkey=2yvgyohhrmjg0mizy3c49ene3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
-          <t>Bristol Women's Long Sleeve Shirt</t>
+          <t>Eleanor Women's Sweater Fleece Pullover</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
-          <t>'109585</t>
+          <t>'109190</t>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>MU BRISTOL:109585F-3XL</t>
+          <t>MU ELEANOR:109190E-2XL</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>'800109585060</t>
+          <t>'800109190059</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I196" s="0">
-        <v>36.99</v>
+        <v>59.99</v>
       </c>
       <c r="J196" s="0">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="0">
       <c r="A197" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw7p6h6f90j7on4qsxtjv/109369-af.jpg?rlkey=xnvts1s9hb2v0hcmy6e19ga7q&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d2fh8xmqomz5vql1fpqtb/109190-af.jpg?rlkey=yzqszc1wa99nfqfthxd1ata2y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B197" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7fy1v8umtepzk421hpnwg/womens-size-chartsbrooklyn.jpg?rlkey=s8hv0m5pdd6bj961elvhx46nv&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1wy1ycceumnnyobtypkl/womens-pullover-size-chartseleanor.jpg?rlkey=2yvgyohhrmjg0mizy3c49ene3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
-          <t>Brooklyn Women's Off Shoulder Sweatshirt</t>
+          <t>Eleanor Women's Sweater Fleece Pullover</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
-          <t>'109369</t>
+          <t>'109190</t>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>MU BROOKLYN:109369A-S</t>
+          <t>MU ELEANOR:109190F-3XL</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>'800109369011</t>
+          <t>'800109190066</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I197" s="0">
-        <v>42.99</v>
+        <v>59.99</v>
       </c>
       <c r="J197" s="0">
-        <v>11</v>
+        <v>4</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="0">
       <c r="A198" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw7p6h6f90j7on4qsxtjv/109369-af.jpg?rlkey=xnvts1s9hb2v0hcmy6e19ga7q&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6d370g8bju0rnl80k65w1/108976-af.jpg?rlkey=1pgkwabbxfmkhrgqr0gqhc0km&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B198" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7fy1v8umtepzk421hpnwg/womens-size-chartsbrooklyn.jpg?rlkey=s8hv0m5pdd6bj961elvhx46nv&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
-          <t>Brooklyn Women's Off Shoulder Sweatshirt</t>
+          <t>Victoria Women's Cowl Neck Pullover</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
-          <t>'109369</t>
+          <t>'108976</t>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>MU BROOKLYN:109369B-M</t>
+          <t>MU VICTORIA GREY:108976A-S</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>'800109369028</t>
+          <t>'800108976012</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I198" s="0">
-        <v>42.99</v>
+        <v>49.99</v>
       </c>
       <c r="J198" s="0">
-        <v>24</v>
+        <v>7</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="0">
       <c r="A199" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw7p6h6f90j7on4qsxtjv/109369-af.jpg?rlkey=xnvts1s9hb2v0hcmy6e19ga7q&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6d370g8bju0rnl80k65w1/108976-af.jpg?rlkey=1pgkwabbxfmkhrgqr0gqhc0km&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B199" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7fy1v8umtepzk421hpnwg/womens-size-chartsbrooklyn.jpg?rlkey=s8hv0m5pdd6bj961elvhx46nv&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
-          <t>Brooklyn Women's Off Shoulder Sweatshirt</t>
+          <t>Victoria Women's Cowl Neck Pullover</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
-          <t>'109369</t>
+          <t>'108976</t>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>MU BROOKLYN:109369C-L</t>
+          <t>MU VICTORIA GREY:108976B-M</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>'800109369035</t>
+          <t>'800108976029</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I199" s="0">
-        <v>42.99</v>
+        <v>49.99</v>
       </c>
       <c r="J199" s="0">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="0">
       <c r="A200" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw7p6h6f90j7on4qsxtjv/109369-af.jpg?rlkey=xnvts1s9hb2v0hcmy6e19ga7q&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6d370g8bju0rnl80k65w1/108976-af.jpg?rlkey=1pgkwabbxfmkhrgqr0gqhc0km&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B200" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7fy1v8umtepzk421hpnwg/womens-size-chartsbrooklyn.jpg?rlkey=s8hv0m5pdd6bj961elvhx46nv&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
-          <t>Brooklyn Women's Off Shoulder Sweatshirt</t>
+          <t>Victoria Women's Cowl Neck Pullover</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
-          <t>'109369</t>
+          <t>'108976</t>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>MU BROOKLYN:109369D-XL</t>
+          <t>MU VICTORIA GREY:108976C-L</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>'800109369042</t>
+          <t>'800108976036</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I200" s="0">
-        <v>42.99</v>
+        <v>49.99</v>
       </c>
       <c r="J200" s="0">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="0">
       <c r="A201" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw7p6h6f90j7on4qsxtjv/109369-af.jpg?rlkey=xnvts1s9hb2v0hcmy6e19ga7q&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6d370g8bju0rnl80k65w1/108976-af.jpg?rlkey=1pgkwabbxfmkhrgqr0gqhc0km&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B201" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7fy1v8umtepzk421hpnwg/womens-size-chartsbrooklyn.jpg?rlkey=s8hv0m5pdd6bj961elvhx46nv&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
-          <t>Brooklyn Women's Off Shoulder Sweatshirt</t>
+          <t>Victoria Women's Cowl Neck Pullover</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
-          <t>'109369</t>
+          <t>'108976</t>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>MU BROOKLYN:109369E-2XL</t>
+          <t>MU VICTORIA GREY:108976D-XL</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>'800109369059</t>
+          <t>'800108976043</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I201" s="0">
-        <v>44.99</v>
+        <v>49.99</v>
       </c>
       <c r="J201" s="0">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="0">
       <c r="A202" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw7p6h6f90j7on4qsxtjv/109369-af.jpg?rlkey=xnvts1s9hb2v0hcmy6e19ga7q&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6d370g8bju0rnl80k65w1/108976-af.jpg?rlkey=1pgkwabbxfmkhrgqr0gqhc0km&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B202" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7fy1v8umtepzk421hpnwg/womens-size-chartsbrooklyn.jpg?rlkey=s8hv0m5pdd6bj961elvhx46nv&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
-          <t>Brooklyn Women's Off Shoulder Sweatshirt</t>
+          <t>Victoria Women's Cowl Neck Pullover</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
-          <t>'109369</t>
+          <t>'108976</t>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>MU BROOKLYN:109369F-3XL</t>
+          <t>MU VICTORIA GREY:108976E-2XL</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>'800109369066</t>
+          <t>'800108976050</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I202" s="0">
-        <v>44.99</v>
+        <v>49.99</v>
       </c>
       <c r="J202" s="0">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="0">
       <c r="A203" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6d370g8bju0rnl80k65w1/108976-af.jpg?rlkey=1pgkwabbxfmkhrgqr0gqhc0km&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B203" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
-          <t>Bruce Men's Golf Polo</t>
+          <t>Victoria Women's Cowl Neck Pullover</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
-          <t>'113947</t>
+          <t>'108976</t>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>MU BRUCE M WHITE:113947A-S</t>
+          <t>MU VICTORIA GREY:108976F-3XL</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>'803113947046</t>
+          <t>'800108976067</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I203" s="0">
-        <v>40.99</v>
+        <v>49.99</v>
       </c>
       <c r="J203" s="0">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="0">
       <c r="A204" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rp6ik10ldtuung14jlfcb/108973af.jpg?rlkey=t1sepgh0lc9tjdxkeszu9rjkj&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B204" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
-          <t>Bruce Men's Golf Polo</t>
+          <t>Victoria Women's Cowl Neck Pullover</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
-          <t>'113947</t>
+          <t>'108973</t>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>MU BRUCE M WHITE:113947B-M</t>
+          <t>MU VICTORIA BLACK:108973A-S</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>'803113947053</t>
+          <t>'800108973011</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I204" s="0">
-        <v>40.99</v>
+        <v>49.99</v>
       </c>
       <c r="J204" s="0">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="0">
       <c r="A205" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rp6ik10ldtuung14jlfcb/108973af.jpg?rlkey=t1sepgh0lc9tjdxkeszu9rjkj&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B205" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
-          <t>Bruce Men's Golf Polo</t>
+          <t>Victoria Women's Cowl Neck Pullover</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
-          <t>'113947</t>
+          <t>'108973</t>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>MU BRUCE M WHITE:113947C-L</t>
+          <t>MU VICTORIA BLACK:108973B-M</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
-          <t>'803113947060</t>
+          <t>'800108973028</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I205" s="0">
-        <v>40.99</v>
+        <v>49.99</v>
       </c>
       <c r="J205" s="0">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="0">
       <c r="A206" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rp6ik10ldtuung14jlfcb/108973af.jpg?rlkey=t1sepgh0lc9tjdxkeszu9rjkj&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B206" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
-          <t>Bruce Men's Golf Polo</t>
+          <t>Victoria Women's Cowl Neck Pullover</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
-          <t>'113947</t>
+          <t>'108973</t>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>MU BRUCE M WHITE:113947D-XL</t>
+          <t>MU VICTORIA BLACK:108973C-L</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>'803113947077</t>
+          <t>'800108973035</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I206" s="0">
-        <v>40.99</v>
+        <v>49.99</v>
       </c>
       <c r="J206" s="0">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="0">
       <c r="A207" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rp6ik10ldtuung14jlfcb/108973af.jpg?rlkey=t1sepgh0lc9tjdxkeszu9rjkj&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B207" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
-          <t>Bruce Men's Golf Polo</t>
+          <t>Victoria Women's Cowl Neck Pullover</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
-          <t>'113947</t>
+          <t>'108973</t>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>MU BRUCE M WHITE:113947E-2XL</t>
+          <t>MU VICTORIA BLACK:108973D-XL</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>'803113947084</t>
+          <t>'800108973042</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I207" s="0">
-        <v>42.99</v>
+        <v>49.99</v>
       </c>
       <c r="J207" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="0">
       <c r="A208" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rp6ik10ldtuung14jlfcb/108973af.jpg?rlkey=t1sepgh0lc9tjdxkeszu9rjkj&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B208" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
-          <t>Bruce Men's Golf Polo</t>
+          <t>Victoria Women's Cowl Neck Pullover</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
-          <t>'113947</t>
+          <t>'108973</t>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>MU BRUCE M WHITE:113947F-3XL</t>
+          <t>MU VICTORIA BLACK:108973E-2XL</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>'803113947091</t>
+          <t>'800108973059</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I208" s="0">
-        <v>42.99</v>
+        <v>49.99</v>
       </c>
       <c r="J208" s="0">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="0">
       <c r="A209" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rp6ik10ldtuung14jlfcb/108973af.jpg?rlkey=t1sepgh0lc9tjdxkeszu9rjkj&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B209" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j6khw32ke7ead0bgflzr5/womens-hoodie-and-sweatshirt-size-chartsvictoria.jpg?rlkey=dszz3s9jg4kezzq4fsbjg5dzr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
-          <t>Bruce Men's Golf Polo</t>
+          <t>Victoria Women's Cowl Neck Pullover</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
-          <t>'113947</t>
+          <t>'108973</t>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>MU BRUCE M WHITE 12 PACK:113947Z-12PK</t>
+          <t>MU VICTORIA BLACK:108973F-3XL</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>'803113947992</t>
+          <t>'800108973066</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I209" s="0">
-        <v>420</v>
+        <v>49.99</v>
       </c>
       <c r="J209" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="0">
       <c r="A210" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xkwgm45en3ntm5qxhlf78/108945f15423.jpg?rlkey=9y58511ms3f2k7qt1u68bwhwl&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B210" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zoatvjm2jsy3f0ya36y03/womens-hoodie-and-sweatshirt-size-charts-olympias.jpg?rlkey=lltd685hgsqujfy88l9xfaqqe&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
-          <t>Olympias Women's Open Back Sweatshirt</t>
+          <t>Athena Women's Quilted Jacket</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
-          <t>'108945</t>
+          <t>'114587</t>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>MU OLYMPIAS:108945AA-XS</t>
+          <t>MU ATHENA W GREY:114587A-S</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>'800108945018</t>
+          <t>'803114587043</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I210" s="0">
-        <v>42.99</v>
+        <v>69.99</v>
       </c>
       <c r="J210" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="0">
       <c r="A211" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xkwgm45en3ntm5qxhlf78/108945f15423.jpg?rlkey=9y58511ms3f2k7qt1u68bwhwl&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B211" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zoatvjm2jsy3f0ya36y03/womens-hoodie-and-sweatshirt-size-charts-olympias.jpg?rlkey=lltd685hgsqujfy88l9xfaqqe&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
-          <t>Olympias Women's Open Back Sweatshirt</t>
+          <t>Athena Women's Quilted Jacket</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
-          <t>'108945</t>
+          <t>'114587</t>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>MU OLYMPIAS:108945A-S</t>
+          <t>MU ATHENA W GREY:114587B-M</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
-          <t>'800108945025</t>
+          <t>'803114587050</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I211" s="0">
-        <v>42.99</v>
+        <v>69.99</v>
       </c>
       <c r="J211" s="0">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="0">
       <c r="A212" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xkwgm45en3ntm5qxhlf78/108945f15423.jpg?rlkey=9y58511ms3f2k7qt1u68bwhwl&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B212" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zoatvjm2jsy3f0ya36y03/womens-hoodie-and-sweatshirt-size-charts-olympias.jpg?rlkey=lltd685hgsqujfy88l9xfaqqe&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
-          <t>Olympias Women's Open Back Sweatshirt</t>
+          <t>Athena Women's Quilted Jacket</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
-          <t>'108945</t>
+          <t>'114587</t>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>MU OLYMPIAS:108945B-M</t>
+          <t>MU ATHENA W GREY:114587C-L</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
-          <t>'800108945032</t>
+          <t>'803114587067</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I212" s="0">
-        <v>42.99</v>
+        <v>69.99</v>
       </c>
       <c r="J212" s="0">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="0">
       <c r="A213" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xkwgm45en3ntm5qxhlf78/108945f15423.jpg?rlkey=9y58511ms3f2k7qt1u68bwhwl&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B213" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zoatvjm2jsy3f0ya36y03/womens-hoodie-and-sweatshirt-size-charts-olympias.jpg?rlkey=lltd685hgsqujfy88l9xfaqqe&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
-          <t>Olympias Women's Open Back Sweatshirt</t>
+          <t>Athena Women's Quilted Jacket</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
-          <t>'108945</t>
+          <t>'114587</t>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>MU OLYMPIAS:108945C-L</t>
+          <t>MU ATHENA W GREY:114587D-XL</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>'800108945049</t>
+          <t>'803114587074</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I213" s="0">
-        <v>42.99</v>
+        <v>69.99</v>
       </c>
       <c r="J213" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="0">
       <c r="A214" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xkwgm45en3ntm5qxhlf78/108945f15423.jpg?rlkey=9y58511ms3f2k7qt1u68bwhwl&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B214" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zoatvjm2jsy3f0ya36y03/womens-hoodie-and-sweatshirt-size-charts-olympias.jpg?rlkey=lltd685hgsqujfy88l9xfaqqe&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
-          <t>Olympias Women's Open Back Sweatshirt</t>
+          <t>Athena Women's Quilted Jacket</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
-          <t>'108945</t>
+          <t>'114587</t>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>MU OLYMPIAS:108945D-XL</t>
+          <t>MU ATHENA W GREY:114587E-2XL</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>'800108945056</t>
+          <t>'803114587081</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I214" s="0">
-        <v>42.99</v>
+        <v>71.99</v>
       </c>
       <c r="J214" s="0">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="0">
       <c r="A215" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xasx70q6abuxt8het3jnx/110536-af.jpg?rlkey=s6f4pb5v0tu5h425k27fyuvip&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B215" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
-          <t>Denver Sweatshirt Blanket</t>
+          <t>Athena Women's Quilted Jacket</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
-          <t>'110536</t>
+          <t>'114587</t>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>MU DENVER:110536</t>
+          <t>MU ATHENA W GREY:114587F-3XL</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'803114587098</t>
+        </is>
+      </c>
+      <c r="G215" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>54" X 84"</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I215" s="0">
-        <v>38.99</v>
+        <v>71.99</v>
       </c>
       <c r="J215" s="0">
-        <v>66</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="0">
       <c r="A216" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aeikjyln84sgq1x62tpgf/126071-af.jpg?rlkey=ne4qymj4yiocq6qcbj2brpdrw&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f7xhkr1bwxsffjapna2o8/114587-af.jpg?rlkey=z8hcw297sd4as4mjb1o23n2zk&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B216" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/booq1qhewn7il1ao5oiix/womens-jackets-size-chartsathena.jpg?rlkey=kmfhlcntmma5xougas2df64q2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
-          <t>Voight Mens Cap</t>
+          <t>Athena Women's Quilted Jacket</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
-          <t>'126071</t>
+          <t>'114587</t>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>MU VOIGHT A GY:126071</t>
+          <t>MU ATHENA W GREY 12 PACK:114587Z-12PK</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
-          <t>'703126071007</t>
+          <t>'803114587999</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
-          <t>STANDARD MENS</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I216" s="0">
-        <v>24.99</v>
+        <v>672</v>
       </c>
       <c r="J216" s="0">
-        <v>55</v>
+        <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="0">
       <c r="A217" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dvnm20dp2mlrudg3qnew/109283af.jpg?rlkey=6dwb04uy6cmjdxqjn6w6pixz4&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7uz37gdukjub0rfanayhz/graphic-update22022-youth.jpg?rlkey=z51cg15qxn67mf0mzmzo38ade&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wwwxipeje9h938v4zhjmu/115938-af.jpg?rlkey=7xbyak6x2dwpyf3k281sreajb&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
-          <t>Gail Youth Ruffled Long Sleeve</t>
+          <t>Serena Women's Lined Beanie</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
-          <t>'109283</t>
+          <t>'115938</t>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>MU GAIL:109283B-YS</t>
+          <t>MU SERENA:115938</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>'800109283010</t>
+          <t>'703115938014</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>YS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="I217" s="0">
-        <v>42.99</v>
+        <v>24.99</v>
       </c>
       <c r="J217" s="0">
-        <v>8</v>
+        <v>78</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="0">
       <c r="A218" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dvnm20dp2mlrudg3qnew/109283af.jpg?rlkey=6dwb04uy6cmjdxqjn6w6pixz4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B218" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7uz37gdukjub0rfanayhz/graphic-update22022-youth.jpg?rlkey=z51cg15qxn67mf0mzmzo38ade&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
-          <t>Gail Youth Ruffled Long Sleeve</t>
+          <t>Allegra Women's Sherpa Wrap</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
-          <t>'109283</t>
+          <t>'114580</t>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>MU GAIL:109283C-YM</t>
+          <t>MU ALLEGRA W FROSTED BLACK:114580A-S</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
-          <t>'800109283027</t>
+          <t>'803114580044</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>YM</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I218" s="0">
-        <v>42.99</v>
+        <v>54.99</v>
       </c>
       <c r="J218" s="0">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="0">
       <c r="A219" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dvnm20dp2mlrudg3qnew/109283af.jpg?rlkey=6dwb04uy6cmjdxqjn6w6pixz4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B219" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7uz37gdukjub0rfanayhz/graphic-update22022-youth.jpg?rlkey=z51cg15qxn67mf0mzmzo38ade&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
-          <t>Gail Youth Ruffled Long Sleeve</t>
+          <t>Allegra Women's Sherpa Wrap</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
-          <t>'109283</t>
+          <t>'114580</t>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
-          <t>MU GAIL:109283D-YL</t>
+          <t>MU ALLEGRA W FROSTED BLACK:114580B-M</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
-          <t>'800109283034</t>
+          <t>'803114580051</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>YL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I219" s="0">
-        <v>42.99</v>
+        <v>54.99</v>
       </c>
       <c r="J219" s="0">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="220" spans="1:10" customHeight="0">
       <c r="A220" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dvnm20dp2mlrudg3qnew/109283af.jpg?rlkey=6dwb04uy6cmjdxqjn6w6pixz4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B220" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7uz37gdukjub0rfanayhz/graphic-update22022-youth.jpg?rlkey=z51cg15qxn67mf0mzmzo38ade&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
-          <t>Gail Youth Ruffled Long Sleeve</t>
+          <t>Allegra Women's Sherpa Wrap</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
-          <t>'109283</t>
+          <t>'114580</t>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
-          <t>MU GAIL:109283E-YXL</t>
+          <t>MU ALLEGRA W FROSTED BLACK:114580C-L</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
-          <t>'800109283041</t>
+          <t>'803114580068</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>YXL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I220" s="0">
-        <v>42.99</v>
+        <v>54.99</v>
       </c>
       <c r="J220" s="0">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="221" spans="1:10" customHeight="0">
       <c r="A221" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B221" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
-          <t>Trisha Womens Golf Polo</t>
+          <t>Allegra Women's Sherpa Wrap</t>
         </is>
       </c>
       <c r="D221" s="0" t="inlineStr">
         <is>
-          <t>'113959</t>
+          <t>'114580</t>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>MU TRISHA W BLACK:113959A-S</t>
+          <t>MU ALLEGRA W FROSTED BLACK:114580D-XL</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
-          <t>'803113959049</t>
+          <t>'803114580075</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I221" s="0">
-        <v>40.98</v>
+        <v>54.99</v>
       </c>
       <c r="J221" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:10" customHeight="0">
       <c r="A222" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B222" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
-          <t>Trisha Womens Golf Polo</t>
+          <t>Allegra Women's Sherpa Wrap</t>
         </is>
       </c>
       <c r="D222" s="0" t="inlineStr">
         <is>
-          <t>'113959</t>
+          <t>'114580</t>
         </is>
       </c>
       <c r="E222" s="0" t="inlineStr">
         <is>
-          <t>MU TRISHA W BLACK:113959B-M</t>
+          <t>MU ALLEGRA W FROSTED BLACK:114580E-2XL</t>
         </is>
       </c>
       <c r="F222" s="0" t="inlineStr">
         <is>
-          <t>'803113959056</t>
+          <t>'803114580082</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H222" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I222" s="0">
-        <v>40.98</v>
+        <v>56.99</v>
       </c>
       <c r="J222" s="0">
-        <v>11</v>
+        <v>4</v>
       </c>
     </row>
     <row r="223" spans="1:10" customHeight="0">
       <c r="A223" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B223" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
-          <t>Trisha Womens Golf Polo</t>
+          <t>Allegra Women's Sherpa Wrap</t>
         </is>
       </c>
       <c r="D223" s="0" t="inlineStr">
         <is>
-          <t>'113959</t>
+          <t>'114580</t>
         </is>
       </c>
       <c r="E223" s="0" t="inlineStr">
         <is>
-          <t>MU TRISHA W BLACK:113959C-L</t>
+          <t>MU ALLEGRA W FROSTED BLACK:114580F-3XL</t>
         </is>
       </c>
       <c r="F223" s="0" t="inlineStr">
         <is>
-          <t>'803113959063</t>
+          <t>'803114580099</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H223" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I223" s="0">
-        <v>40.98</v>
+        <v>56.99</v>
       </c>
       <c r="J223" s="0">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="224" spans="1:10" customHeight="0">
       <c r="A224" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aza7982gebnwofn8lexgn/114580af.jpg?rlkey=jr05hdobkrgs8sor2j2ezgudo&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B224" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f4v1s3r6299d1cm9u6rje/womens-size-chartsallegra.jpg?rlkey=pask7k8cap0mlhidh4zust7aq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
-          <t>Trisha Womens Golf Polo</t>
+          <t>Allegra Women's Sherpa Wrap</t>
         </is>
       </c>
       <c r="D224" s="0" t="inlineStr">
         <is>
-          <t>'113959</t>
+          <t>'114580</t>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
-          <t>MU TRISHA W BLACK:113959D-XL</t>
+          <t>MU ALLEGRA W FROSTED BLACK 12 PACK:114580Z-12PK</t>
         </is>
       </c>
       <c r="F224" s="0" t="inlineStr">
         <is>
-          <t>'803113959070</t>
+          <t>'803114580990</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H224" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I224" s="0">
-        <v>40.98</v>
+        <v>560</v>
       </c>
       <c r="J224" s="0">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:10" customHeight="0">
       <c r="A225" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B225" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
-          <t>Trisha Womens Golf Polo</t>
+          <t>Lorelai Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D225" s="0" t="inlineStr">
         <is>
-          <t>'113959</t>
+          <t>'114542</t>
         </is>
       </c>
       <c r="E225" s="0" t="inlineStr">
         <is>
-          <t>MU TRISHA W BLACK:113959E-2XL</t>
+          <t>MU LORELAI W BLACK:A-S</t>
         </is>
       </c>
       <c r="F225" s="0" t="inlineStr">
         <is>
-          <t>'803113959087</t>
+          <t>'803114542042</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H225" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I225" s="0">
-        <v>42.98</v>
+        <v>36.99</v>
       </c>
       <c r="J225" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:10" customHeight="0">
       <c r="A226" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B226" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
-          <t>Trisha Womens Golf Polo</t>
+          <t>Lorelai Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D226" s="0" t="inlineStr">
         <is>
-          <t>'113959</t>
+          <t>'114542</t>
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
-          <t>MU TRISHA W BLACK:113959F-3XL</t>
+          <t>MU LORELAI W BLACK:B-M</t>
         </is>
       </c>
       <c r="F226" s="0" t="inlineStr">
         <is>
-          <t>'803113959094</t>
+          <t>'803114542059</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H226" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I226" s="0">
-        <v>42.98</v>
+        <v>36.99</v>
       </c>
       <c r="J226" s="0">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="227" spans="1:10" customHeight="0">
       <c r="A227" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B227" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
-          <t>Trisha Womens Golf Polo</t>
+          <t>Lorelai Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D227" s="0" t="inlineStr">
         <is>
-          <t>'113959</t>
+          <t>'114542</t>
         </is>
       </c>
       <c r="E227" s="0" t="inlineStr">
         <is>
-          <t>MU TRISHA W BLACK 12 PACK:113959Z-12PK</t>
+          <t>MU LORELAI W BLACK:C-L</t>
         </is>
       </c>
       <c r="F227" s="0" t="inlineStr">
         <is>
-          <t>'803113959995</t>
+          <t>'803114542066</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H227" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I227" s="0">
-        <v>473.76</v>
+        <v>36.99</v>
       </c>
       <c r="J227" s="0">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="228" spans="1:10" customHeight="0">
       <c r="A228" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2mluqovfkk8qnsvwkmiq6/109410f.jpg?rlkey=jdy6r3h7u4tfjdu5hg0snfwnn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B228" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/muqz6sosmrwixu93uhruf/graphic-update22022-infant.jpg?rlkey=phqw07f40z8q9lnu5uwon3yae&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
-          <t>Lynn Infant Overall Dress</t>
+          <t>Lorelai Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D228" s="0" t="inlineStr">
         <is>
-          <t>'109410</t>
+          <t>'114542</t>
         </is>
       </c>
       <c r="E228" s="0" t="inlineStr">
         <is>
-          <t>MU LYNN INFANT:109410A-0-3M</t>
+          <t>MU LORELAI W BLACK:D-XL</t>
         </is>
       </c>
       <c r="F228" s="0" t="inlineStr">
         <is>
-          <t>'800109410010</t>
+          <t>'803114542073</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
-          <t>INFANT</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H228" s="0" t="inlineStr">
         <is>
-          <t>0-3M</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I228" s="0">
-        <v>29.99</v>
+        <v>36.99</v>
       </c>
       <c r="J228" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:10" customHeight="0">
       <c r="A229" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2mluqovfkk8qnsvwkmiq6/109410f.jpg?rlkey=jdy6r3h7u4tfjdu5hg0snfwnn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B229" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/muqz6sosmrwixu93uhruf/graphic-update22022-infant.jpg?rlkey=phqw07f40z8q9lnu5uwon3yae&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
-          <t>Lynn Infant Overall Dress</t>
+          <t>Lorelai Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D229" s="0" t="inlineStr">
         <is>
-          <t>'109410</t>
+          <t>'114542</t>
         </is>
       </c>
       <c r="E229" s="0" t="inlineStr">
         <is>
-          <t>MU LYNN INFANT:109410B-3-6M</t>
+          <t>MU LORELAI W BLACK:E-2XL</t>
         </is>
       </c>
       <c r="F229" s="0" t="inlineStr">
         <is>
-          <t>'800109410027</t>
+          <t>'803114542080</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
-          <t>INFANT</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H229" s="0" t="inlineStr">
         <is>
-          <t>3-6M</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I229" s="0">
-        <v>29.99</v>
+        <v>38.99</v>
       </c>
       <c r="J229" s="0">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="230" spans="1:10" customHeight="0">
       <c r="A230" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2mluqovfkk8qnsvwkmiq6/109410f.jpg?rlkey=jdy6r3h7u4tfjdu5hg0snfwnn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B230" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/muqz6sosmrwixu93uhruf/graphic-update22022-infant.jpg?rlkey=phqw07f40z8q9lnu5uwon3yae&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
-          <t>Lynn Infant Overall Dress</t>
+          <t>Lorelai Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D230" s="0" t="inlineStr">
         <is>
-          <t>'109410</t>
+          <t>'114542</t>
         </is>
       </c>
       <c r="E230" s="0" t="inlineStr">
         <is>
-          <t>MU LYNN INFANT:109410C-6-9M</t>
+          <t>MU LORELAI W BLACK:F-3XL</t>
         </is>
       </c>
       <c r="F230" s="0" t="inlineStr">
         <is>
-          <t>'800109410034</t>
+          <t>'803114542097</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
-          <t>INFANT</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H230" s="0" t="inlineStr">
         <is>
-          <t>6-9M</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I230" s="0">
-        <v>29.99</v>
+        <v>38.99</v>
       </c>
       <c r="J230" s="0">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="231" spans="1:10" customHeight="0">
       <c r="A231" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2mluqovfkk8qnsvwkmiq6/109410f.jpg?rlkey=jdy6r3h7u4tfjdu5hg0snfwnn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/clq0uatz8b1q2hwj97qhk/114542af.jpg?rlkey=wvhjks934y6eg44dzznejhli0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B231" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/muqz6sosmrwixu93uhruf/graphic-update22022-infant.jpg?rlkey=phqw07f40z8q9lnu5uwon3yae&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lvrn226n6wne3wma8i71t/womens-t-shirt-size-chartslorelai.jpg?rlkey=65vydlsndq898p25ilej1pzao&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
-          <t>Lynn Infant Overall Dress</t>
+          <t>Lorelai Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D231" s="0" t="inlineStr">
         <is>
-          <t>'109410</t>
+          <t>'114542</t>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
-          <t>MU LYNN INFANT:109410F-12M</t>
+          <t>MU LORELAI W BLACK 12 PACK:Z-12PK</t>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
-          <t>'800109410041</t>
+          <t>'803114542998</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
-          <t>INFANT</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H231" s="0" t="inlineStr">
         <is>
-          <t>12M</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I231" s="0">
-        <v>29.99</v>
+        <v>380</v>
       </c>
       <c r="J231" s="0">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:10" customHeight="0">
       <c r="A232" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wmwoib0xt8z1g1s74dtdm/109403-af.jpg?rlkey=yl8d1a3fmwx0bkda8trnti95r&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ut4mhzpjvn4n0av1pdwaf/109585-af.jpg?rlkey=7wjjc9wsx0pj2ot4rmj9xrqgn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B232" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a22l7ua0u23ramr3f2uhz/graphic-update22022-toddler.jpg?rlkey=8j0jstpdrxxdajk2rbbrjm33t&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yb55tkamjzv1y2guu5of0/graphic-update2022-womens.jpg?rlkey=ldbz4bbxlln0rtuxzbnk1nlg6&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
-          <t>Lynn Toddler Overall Dress</t>
+          <t>Bristol Women's Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D232" s="0" t="inlineStr">
         <is>
-          <t>'109403</t>
+          <t>'109585</t>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
-          <t>MU LYNN TDLR:109403A-2T</t>
+          <t>MU BRISTOL:109585A-S</t>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
-          <t>'800109403012</t>
+          <t>'800109585015</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
-          <t>TODDLER</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H232" s="0" t="inlineStr">
         <is>
-          <t>2T</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I232" s="0">
-        <v>29.99</v>
+        <v>34.99</v>
       </c>
       <c r="J232" s="0">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="233" spans="1:10" customHeight="0">
       <c r="A233" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wmwoib0xt8z1g1s74dtdm/109403-af.jpg?rlkey=yl8d1a3fmwx0bkda8trnti95r&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ut4mhzpjvn4n0av1pdwaf/109585-af.jpg?rlkey=7wjjc9wsx0pj2ot4rmj9xrqgn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B233" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a22l7ua0u23ramr3f2uhz/graphic-update22022-toddler.jpg?rlkey=8j0jstpdrxxdajk2rbbrjm33t&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yb55tkamjzv1y2guu5of0/graphic-update2022-womens.jpg?rlkey=ldbz4bbxlln0rtuxzbnk1nlg6&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
-          <t>Lynn Toddler Overall Dress</t>
+          <t>Bristol Women's Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D233" s="0" t="inlineStr">
         <is>
-          <t>'109403</t>
+          <t>'109585</t>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
-          <t>MU LYNN TDLR:109403B-3T</t>
+          <t>MU BRISTOL:109585B-M</t>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
-          <t>'800109403029</t>
+          <t>'800109585022</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
-          <t>TODDLER</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H233" s="0" t="inlineStr">
         <is>
-          <t>3T</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I233" s="0">
-        <v>29.99</v>
+        <v>34.99</v>
       </c>
       <c r="J233" s="0">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="234" spans="1:10" customHeight="0">
       <c r="A234" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wmwoib0xt8z1g1s74dtdm/109403-af.jpg?rlkey=yl8d1a3fmwx0bkda8trnti95r&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ut4mhzpjvn4n0av1pdwaf/109585-af.jpg?rlkey=7wjjc9wsx0pj2ot4rmj9xrqgn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B234" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a22l7ua0u23ramr3f2uhz/graphic-update22022-toddler.jpg?rlkey=8j0jstpdrxxdajk2rbbrjm33t&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yb55tkamjzv1y2guu5of0/graphic-update2022-womens.jpg?rlkey=ldbz4bbxlln0rtuxzbnk1nlg6&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C234" s="0" t="inlineStr">
         <is>
-          <t>Lynn Toddler Overall Dress</t>
+          <t>Bristol Women's Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D234" s="0" t="inlineStr">
         <is>
-          <t>'109403</t>
+          <t>'109585</t>
         </is>
       </c>
       <c r="E234" s="0" t="inlineStr">
         <is>
-          <t>MU LYNN TDLR:109403C-4T</t>
+          <t>MU BRISTOL:109585C-L</t>
         </is>
       </c>
       <c r="F234" s="0" t="inlineStr">
         <is>
-          <t>'800109403036</t>
+          <t>'800109585039</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
-          <t>TODDLER</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H234" s="0" t="inlineStr">
         <is>
-          <t>4T</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I234" s="0">
-        <v>29.99</v>
+        <v>34.99</v>
       </c>
       <c r="J234" s="0">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:10" customHeight="0">
       <c r="A235" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wmwoib0xt8z1g1s74dtdm/109403-af.jpg?rlkey=yl8d1a3fmwx0bkda8trnti95r&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ut4mhzpjvn4n0av1pdwaf/109585-af.jpg?rlkey=7wjjc9wsx0pj2ot4rmj9xrqgn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B235" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a22l7ua0u23ramr3f2uhz/graphic-update22022-toddler.jpg?rlkey=8j0jstpdrxxdajk2rbbrjm33t&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yb55tkamjzv1y2guu5of0/graphic-update2022-womens.jpg?rlkey=ldbz4bbxlln0rtuxzbnk1nlg6&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C235" s="0" t="inlineStr">
         <is>
-          <t>Lynn Toddler Overall Dress</t>
+          <t>Bristol Women's Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D235" s="0" t="inlineStr">
         <is>
-          <t>'109403</t>
+          <t>'109585</t>
         </is>
       </c>
       <c r="E235" s="0" t="inlineStr">
         <is>
-          <t>MU LYNN TDLR:109403D-5T</t>
+          <t>MU BRISTOL:109585D-XL</t>
         </is>
       </c>
       <c r="F235" s="0" t="inlineStr">
         <is>
-          <t>'800109403043</t>
+          <t>'800109585046</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
-          <t>TODDLER</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H235" s="0" t="inlineStr">
         <is>
-          <t>5T</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I235" s="0">
-        <v>29.99</v>
+        <v>34.99</v>
       </c>
       <c r="J235" s="0">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="236" spans="1:10" customHeight="0">
       <c r="A236" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e0ak8htp377573k59svfr/108938f.jpg?rlkey=ezrzij72zszu74q2xdruquzuc&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ut4mhzpjvn4n0av1pdwaf/109585-af.jpg?rlkey=7wjjc9wsx0pj2ot4rmj9xrqgn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B236" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f3eni9qi47npz3wkojbzz/womens-t-shirt-size-chartsmarilynn-bamboo.jpg?rlkey=rlvz88foftdymj3z8rxip95p0&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yb55tkamjzv1y2guu5of0/graphic-update2022-womens.jpg?rlkey=ldbz4bbxlln0rtuxzbnk1nlg6&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
-          <t>Marilynn Women's Bamboo T-Shirt</t>
+          <t>Bristol Women's Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D236" s="0" t="inlineStr">
         <is>
-          <t>'108938</t>
+          <t>'109585</t>
         </is>
       </c>
       <c r="E236" s="0" t="inlineStr">
         <is>
-          <t>MU MARILYNN:108938A-S</t>
+          <t>MU BRISTOL:109585E-2XL</t>
         </is>
       </c>
       <c r="F236" s="0" t="inlineStr">
         <is>
-          <t>'800108938010</t>
+          <t>'800109585053</t>
         </is>
       </c>
       <c r="G236" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H236" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I236" s="0">
-        <v>29.99</v>
+        <v>36.99</v>
       </c>
       <c r="J236" s="0">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="237" spans="1:10" customHeight="0">
       <c r="A237" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e0ak8htp377573k59svfr/108938f.jpg?rlkey=ezrzij72zszu74q2xdruquzuc&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ut4mhzpjvn4n0av1pdwaf/109585-af.jpg?rlkey=7wjjc9wsx0pj2ot4rmj9xrqgn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B237" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f3eni9qi47npz3wkojbzz/womens-t-shirt-size-chartsmarilynn-bamboo.jpg?rlkey=rlvz88foftdymj3z8rxip95p0&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yb55tkamjzv1y2guu5of0/graphic-update2022-womens.jpg?rlkey=ldbz4bbxlln0rtuxzbnk1nlg6&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C237" s="0" t="inlineStr">
         <is>
-          <t>Marilynn Women's Bamboo T-Shirt</t>
+          <t>Bristol Women's Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D237" s="0" t="inlineStr">
         <is>
-          <t>'108938</t>
+          <t>'109585</t>
         </is>
       </c>
       <c r="E237" s="0" t="inlineStr">
         <is>
-          <t>MU MARILYNN:108938B-M</t>
+          <t>MU BRISTOL:109585F-3XL</t>
         </is>
       </c>
       <c r="F237" s="0" t="inlineStr">
         <is>
-          <t>'800108938027</t>
+          <t>'800109585060</t>
         </is>
       </c>
       <c r="G237" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H237" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I237" s="0">
-        <v>29.99</v>
+        <v>36.99</v>
       </c>
       <c r="J237" s="0">
-        <v>13</v>
+        <v>2</v>
       </c>
     </row>
     <row r="238" spans="1:10" customHeight="0">
       <c r="A238" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e0ak8htp377573k59svfr/108938f.jpg?rlkey=ezrzij72zszu74q2xdruquzuc&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw7p6h6f90j7on4qsxtjv/109369-af.jpg?rlkey=xnvts1s9hb2v0hcmy6e19ga7q&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B238" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f3eni9qi47npz3wkojbzz/womens-t-shirt-size-chartsmarilynn-bamboo.jpg?rlkey=rlvz88foftdymj3z8rxip95p0&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7fy1v8umtepzk421hpnwg/womens-size-chartsbrooklyn.jpg?rlkey=s8hv0m5pdd6bj961elvhx46nv&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C238" s="0" t="inlineStr">
         <is>
-          <t>Marilynn Women's Bamboo T-Shirt</t>
+          <t>Brooklyn Women's Off Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D238" s="0" t="inlineStr">
         <is>
-          <t>'108938</t>
+          <t>'109369</t>
         </is>
       </c>
       <c r="E238" s="0" t="inlineStr">
         <is>
-          <t>MU MARILYNN:108938C-L</t>
+          <t>MU BROOKLYN:109369A-S</t>
         </is>
       </c>
       <c r="F238" s="0" t="inlineStr">
         <is>
-          <t>'800108938034</t>
+          <t>'800109369011</t>
         </is>
       </c>
       <c r="G238" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H238" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I238" s="0">
-        <v>29.99</v>
+        <v>42.99</v>
       </c>
       <c r="J238" s="0">
         <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:10" customHeight="0">
       <c r="A239" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e0ak8htp377573k59svfr/108938f.jpg?rlkey=ezrzij72zszu74q2xdruquzuc&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw7p6h6f90j7on4qsxtjv/109369-af.jpg?rlkey=xnvts1s9hb2v0hcmy6e19ga7q&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B239" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f3eni9qi47npz3wkojbzz/womens-t-shirt-size-chartsmarilynn-bamboo.jpg?rlkey=rlvz88foftdymj3z8rxip95p0&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7fy1v8umtepzk421hpnwg/womens-size-chartsbrooklyn.jpg?rlkey=s8hv0m5pdd6bj961elvhx46nv&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C239" s="0" t="inlineStr">
         <is>
-          <t>Marilynn Women's Bamboo T-Shirt</t>
+          <t>Brooklyn Women's Off Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D239" s="0" t="inlineStr">
         <is>
-          <t>'108938</t>
+          <t>'109369</t>
         </is>
       </c>
       <c r="E239" s="0" t="inlineStr">
         <is>
-          <t>MU MARILYNN:108938D-XL</t>
+          <t>MU BROOKLYN:109369B-M</t>
         </is>
       </c>
       <c r="F239" s="0" t="inlineStr">
         <is>
-          <t>'800108938041</t>
+          <t>'800109369028</t>
         </is>
       </c>
       <c r="G239" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H239" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I239" s="0">
-        <v>29.99</v>
+        <v>42.99</v>
       </c>
       <c r="J239" s="0">
-        <v>5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="240" spans="1:10" customHeight="0">
       <c r="A240" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e0ak8htp377573k59svfr/108938f.jpg?rlkey=ezrzij72zszu74q2xdruquzuc&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw7p6h6f90j7on4qsxtjv/109369-af.jpg?rlkey=xnvts1s9hb2v0hcmy6e19ga7q&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B240" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f3eni9qi47npz3wkojbzz/womens-t-shirt-size-chartsmarilynn-bamboo.jpg?rlkey=rlvz88foftdymj3z8rxip95p0&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7fy1v8umtepzk421hpnwg/womens-size-chartsbrooklyn.jpg?rlkey=s8hv0m5pdd6bj961elvhx46nv&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C240" s="0" t="inlineStr">
         <is>
-          <t>Marilynn Women's Bamboo T-Shirt</t>
+          <t>Brooklyn Women's Off Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D240" s="0" t="inlineStr">
         <is>
-          <t>'108938</t>
+          <t>'109369</t>
         </is>
       </c>
       <c r="E240" s="0" t="inlineStr">
         <is>
-          <t>MU MARILYNN:108938E-2XL</t>
+          <t>MU BROOKLYN:109369C-L</t>
         </is>
       </c>
       <c r="F240" s="0" t="inlineStr">
         <is>
-          <t>'800108938058</t>
+          <t>'800109369035</t>
         </is>
       </c>
       <c r="G240" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H240" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I240" s="0">
-        <v>31.99</v>
+        <v>42.99</v>
       </c>
       <c r="J240" s="0">
-        <v>2</v>
+        <v>25</v>
       </c>
     </row>
     <row r="241" spans="1:10" customHeight="0">
       <c r="A241" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e0ak8htp377573k59svfr/108938f.jpg?rlkey=ezrzij72zszu74q2xdruquzuc&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw7p6h6f90j7on4qsxtjv/109369-af.jpg?rlkey=xnvts1s9hb2v0hcmy6e19ga7q&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B241" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f3eni9qi47npz3wkojbzz/womens-t-shirt-size-chartsmarilynn-bamboo.jpg?rlkey=rlvz88foftdymj3z8rxip95p0&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7fy1v8umtepzk421hpnwg/womens-size-chartsbrooklyn.jpg?rlkey=s8hv0m5pdd6bj961elvhx46nv&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C241" s="0" t="inlineStr">
         <is>
-          <t>Marilynn Women's Bamboo T-Shirt</t>
+          <t>Brooklyn Women's Off Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D241" s="0" t="inlineStr">
         <is>
-          <t>'108938</t>
+          <t>'109369</t>
         </is>
       </c>
       <c r="E241" s="0" t="inlineStr">
         <is>
-          <t>MU MARILYNN:108938F-3XL</t>
+          <t>MU BROOKLYN:109369D-XL</t>
         </is>
       </c>
       <c r="F241" s="0" t="inlineStr">
         <is>
-          <t>'800108938065</t>
+          <t>'800109369042</t>
         </is>
       </c>
       <c r="G241" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H241" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I241" s="0">
-        <v>31.99</v>
+        <v>42.99</v>
       </c>
       <c r="J241" s="0">
-        <v>2</v>
+        <v>11</v>
       </c>
     </row>
     <row r="242" spans="1:10" customHeight="0">
       <c r="A242" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw7p6h6f90j7on4qsxtjv/109369-af.jpg?rlkey=xnvts1s9hb2v0hcmy6e19ga7q&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B242" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7fy1v8umtepzk421hpnwg/womens-size-chartsbrooklyn.jpg?rlkey=s8hv0m5pdd6bj961elvhx46nv&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C242" s="0" t="inlineStr">
         <is>
-          <t>Tierney Women's Hoodie</t>
+          <t>Brooklyn Women's Off Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D242" s="0" t="inlineStr">
         <is>
-          <t>'114916</t>
+          <t>'109369</t>
         </is>
       </c>
       <c r="E242" s="0" t="inlineStr">
         <is>
-          <t>MU TIERNEY W BLACK:114916A-S</t>
+          <t>MU BROOKLYN:109369E-2XL</t>
         </is>
       </c>
       <c r="F242" s="0" t="inlineStr">
         <is>
-          <t>'803114916041</t>
+          <t>'800109369059</t>
         </is>
       </c>
       <c r="G242" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H242" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I242" s="0">
-        <v>52.99</v>
+        <v>44.99</v>
       </c>
       <c r="J242" s="0">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="243" spans="1:10" customHeight="0">
       <c r="A243" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yw7p6h6f90j7on4qsxtjv/109369-af.jpg?rlkey=xnvts1s9hb2v0hcmy6e19ga7q&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B243" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7fy1v8umtepzk421hpnwg/womens-size-chartsbrooklyn.jpg?rlkey=s8hv0m5pdd6bj961elvhx46nv&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C243" s="0" t="inlineStr">
         <is>
-          <t>Tierney Women's Hoodie</t>
+          <t>Brooklyn Women's Off Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D243" s="0" t="inlineStr">
         <is>
-          <t>'114916</t>
+          <t>'109369</t>
         </is>
       </c>
       <c r="E243" s="0" t="inlineStr">
         <is>
-          <t>MU TIERNEY W BLACK:114916B-M</t>
+          <t>MU BROOKLYN:109369F-3XL</t>
         </is>
       </c>
       <c r="F243" s="0" t="inlineStr">
         <is>
-          <t>'803114916058</t>
+          <t>'800109369066</t>
         </is>
       </c>
       <c r="G243" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H243" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I243" s="0">
-        <v>52.99</v>
+        <v>44.99</v>
       </c>
       <c r="J243" s="0">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="244" spans="1:10" customHeight="0">
       <c r="A244" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B244" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C244" s="0" t="inlineStr">
         <is>
-          <t>Tierney Women's Hoodie</t>
+          <t>Bruce Men's Golf Polo</t>
         </is>
       </c>
       <c r="D244" s="0" t="inlineStr">
         <is>
-          <t>'114916</t>
+          <t>'113947</t>
         </is>
       </c>
       <c r="E244" s="0" t="inlineStr">
         <is>
-          <t>MU TIERNEY W BLACK:114916C-L</t>
+          <t>MU BRUCE M WHITE:113947A-S</t>
         </is>
       </c>
       <c r="F244" s="0" t="inlineStr">
         <is>
-          <t>'803114916065</t>
+          <t>'803113947046</t>
         </is>
       </c>
       <c r="G244" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H244" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I244" s="0">
-        <v>52.99</v>
+        <v>40.99</v>
       </c>
       <c r="J244" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="245" spans="1:10" customHeight="0">
       <c r="A245" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B245" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C245" s="0" t="inlineStr">
         <is>
-          <t>Tierney Women's Hoodie</t>
+          <t>Bruce Men's Golf Polo</t>
         </is>
       </c>
       <c r="D245" s="0" t="inlineStr">
         <is>
-          <t>'114916</t>
+          <t>'113947</t>
         </is>
       </c>
       <c r="E245" s="0" t="inlineStr">
         <is>
-          <t>MU TIERNEY W BLACK:114916D-XL</t>
+          <t>MU BRUCE M WHITE:113947B-M</t>
         </is>
       </c>
       <c r="F245" s="0" t="inlineStr">
         <is>
-          <t>'803114916072</t>
+          <t>'803113947053</t>
         </is>
       </c>
       <c r="G245" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H245" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I245" s="0">
-        <v>52.99</v>
+        <v>40.99</v>
       </c>
       <c r="J245" s="0">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="246" spans="1:10" customHeight="0">
       <c r="A246" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B246" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C246" s="0" t="inlineStr">
         <is>
-          <t>Tierney Women's Hoodie</t>
+          <t>Bruce Men's Golf Polo</t>
         </is>
       </c>
       <c r="D246" s="0" t="inlineStr">
         <is>
-          <t>'114916</t>
+          <t>'113947</t>
         </is>
       </c>
       <c r="E246" s="0" t="inlineStr">
         <is>
-          <t>MU TIERNEY W BLACK:114916E-2XL</t>
+          <t>MU BRUCE M WHITE:113947C-L</t>
         </is>
       </c>
       <c r="F246" s="0" t="inlineStr">
         <is>
-          <t>'803114916089</t>
+          <t>'803113947060</t>
         </is>
       </c>
       <c r="G246" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H246" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I246" s="0">
-        <v>54.99</v>
+        <v>40.99</v>
       </c>
       <c r="J246" s="0">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="247" spans="1:10" customHeight="0">
       <c r="A247" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B247" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C247" s="0" t="inlineStr">
         <is>
-          <t>Tierney Women's Hoodie</t>
+          <t>Bruce Men's Golf Polo</t>
         </is>
       </c>
       <c r="D247" s="0" t="inlineStr">
         <is>
-          <t>'114916</t>
+          <t>'113947</t>
         </is>
       </c>
       <c r="E247" s="0" t="inlineStr">
         <is>
-          <t>MU TIERNEY W BLACK:114916F-3XL</t>
+          <t>MU BRUCE M WHITE:113947D-XL</t>
         </is>
       </c>
       <c r="F247" s="0" t="inlineStr">
         <is>
-          <t>'803114916096</t>
+          <t>'803113947077</t>
         </is>
       </c>
       <c r="G247" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H247" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I247" s="0">
-        <v>54.99</v>
+        <v>40.99</v>
       </c>
       <c r="J247" s="0">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="248" spans="1:10" customHeight="0">
       <c r="A248" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B248" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C248" s="0" t="inlineStr">
         <is>
-          <t>Tierney Women's Hoodie</t>
+          <t>Bruce Men's Golf Polo</t>
         </is>
       </c>
       <c r="D248" s="0" t="inlineStr">
         <is>
-          <t>'114916</t>
+          <t>'113947</t>
         </is>
       </c>
       <c r="E248" s="0" t="inlineStr">
         <is>
-          <t>MU TIERNEY W BLACK 12 PACK:114916Z-12PK</t>
+          <t>MU BRUCE M WHITE:113947E-2XL</t>
         </is>
       </c>
       <c r="F248" s="0" t="inlineStr">
         <is>
-          <t>'803114916997</t>
+          <t>'803113947084</t>
         </is>
       </c>
       <c r="G248" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H248" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I248" s="0">
-        <v>611.88</v>
+        <v>42.99</v>
       </c>
       <c r="J248" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:10" customHeight="0">
       <c r="A249" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B249" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C249" s="0" t="inlineStr">
         <is>
-          <t>Marta Womens Golf Polo</t>
+          <t>Bruce Men's Golf Polo</t>
         </is>
       </c>
       <c r="D249" s="0" t="inlineStr">
         <is>
-          <t>'113963</t>
+          <t>'113947</t>
         </is>
       </c>
       <c r="E249" s="0" t="inlineStr">
         <is>
-          <t>MU MARTA W BLACK:113963A-S</t>
+          <t>MU BRUCE M WHITE:113947F-3XL</t>
         </is>
       </c>
       <c r="F249" s="0" t="inlineStr">
         <is>
-          <t>'803113963046</t>
+          <t>'803113947091</t>
         </is>
       </c>
       <c r="G249" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H249" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I249" s="0">
-        <v>40.98</v>
+        <v>42.99</v>
       </c>
       <c r="J249" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:10" customHeight="0">
       <c r="A250" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8nq4buyp81g7vglgn7q3i/113947-af.jpg?rlkey=1lp7o7yqvfdthzstd0wdirgtd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B250" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nta5qtrwoqkwg6igxbd7j/mens-polo-size-chartsbruce.jpg?rlkey=g178as5xqnvjik19t0t9o10b7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C250" s="0" t="inlineStr">
         <is>
-          <t>Marta Womens Golf Polo</t>
+          <t>Bruce Men's Golf Polo</t>
         </is>
       </c>
       <c r="D250" s="0" t="inlineStr">
         <is>
-          <t>'113963</t>
+          <t>'113947</t>
         </is>
       </c>
       <c r="E250" s="0" t="inlineStr">
         <is>
-          <t>MU MARTA W BLACK:113963B-M</t>
+          <t>MU BRUCE M WHITE 12 PACK:113947Z-12PK</t>
         </is>
       </c>
       <c r="F250" s="0" t="inlineStr">
         <is>
-          <t>'803113963053</t>
+          <t>'803113947992</t>
         </is>
       </c>
       <c r="G250" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H250" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I250" s="0">
-        <v>40.98</v>
+        <v>420</v>
       </c>
       <c r="J250" s="0">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:10" customHeight="0">
       <c r="A251" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xkwgm45en3ntm5qxhlf78/108945f15423.jpg?rlkey=9y58511ms3f2k7qt1u68bwhwl&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B251" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zoatvjm2jsy3f0ya36y03/womens-hoodie-and-sweatshirt-size-charts-olympias.jpg?rlkey=lltd685hgsqujfy88l9xfaqqe&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C251" s="0" t="inlineStr">
         <is>
-          <t>Marta Womens Golf Polo</t>
+          <t>Olympias Women's Open Back Sweatshirt</t>
         </is>
       </c>
       <c r="D251" s="0" t="inlineStr">
         <is>
-          <t>'113963</t>
+          <t>'108945</t>
         </is>
       </c>
       <c r="E251" s="0" t="inlineStr">
         <is>
-          <t>MU MARTA W BLACK:113963C-L</t>
+          <t>MU OLYMPIAS:108945AA-XS</t>
         </is>
       </c>
       <c r="F251" s="0" t="inlineStr">
         <is>
-          <t>'803113963060</t>
+          <t>'800108945018</t>
         </is>
       </c>
       <c r="G251" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H251" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I251" s="0">
-        <v>40.98</v>
+        <v>42.99</v>
       </c>
       <c r="J251" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="252" spans="1:10" customHeight="0">
       <c r="A252" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xkwgm45en3ntm5qxhlf78/108945f15423.jpg?rlkey=9y58511ms3f2k7qt1u68bwhwl&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B252" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zoatvjm2jsy3f0ya36y03/womens-hoodie-and-sweatshirt-size-charts-olympias.jpg?rlkey=lltd685hgsqujfy88l9xfaqqe&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C252" s="0" t="inlineStr">
         <is>
-          <t>Marta Womens Golf Polo</t>
+          <t>Olympias Women's Open Back Sweatshirt</t>
         </is>
       </c>
       <c r="D252" s="0" t="inlineStr">
         <is>
-          <t>'113963</t>
+          <t>'108945</t>
         </is>
       </c>
       <c r="E252" s="0" t="inlineStr">
         <is>
-          <t>MU MARTA W BLACK:113963D-XL</t>
+          <t>MU OLYMPIAS:108945A-S</t>
         </is>
       </c>
       <c r="F252" s="0" t="inlineStr">
         <is>
-          <t>'803113963077</t>
+          <t>'800108945025</t>
         </is>
       </c>
       <c r="G252" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H252" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I252" s="0">
-        <v>40.98</v>
+        <v>42.99</v>
       </c>
       <c r="J252" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:10" customHeight="0">
       <c r="A253" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xkwgm45en3ntm5qxhlf78/108945f15423.jpg?rlkey=9y58511ms3f2k7qt1u68bwhwl&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B253" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zoatvjm2jsy3f0ya36y03/womens-hoodie-and-sweatshirt-size-charts-olympias.jpg?rlkey=lltd685hgsqujfy88l9xfaqqe&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C253" s="0" t="inlineStr">
         <is>
-          <t>Marta Womens Golf Polo</t>
+          <t>Olympias Women's Open Back Sweatshirt</t>
         </is>
       </c>
       <c r="D253" s="0" t="inlineStr">
         <is>
-          <t>'113963</t>
+          <t>'108945</t>
         </is>
       </c>
       <c r="E253" s="0" t="inlineStr">
         <is>
-          <t>MU MARTA W BLACK:113963E-2XL</t>
+          <t>MU OLYMPIAS:108945B-M</t>
         </is>
       </c>
       <c r="F253" s="0" t="inlineStr">
         <is>
-          <t>'803113963084</t>
+          <t>'800108945032</t>
         </is>
       </c>
       <c r="G253" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H253" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I253" s="0">
-        <v>42.98</v>
+        <v>42.99</v>
       </c>
       <c r="J253" s="0">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="254" spans="1:10" customHeight="0">
       <c r="A254" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xkwgm45en3ntm5qxhlf78/108945f15423.jpg?rlkey=9y58511ms3f2k7qt1u68bwhwl&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B254" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zoatvjm2jsy3f0ya36y03/womens-hoodie-and-sweatshirt-size-charts-olympias.jpg?rlkey=lltd685hgsqujfy88l9xfaqqe&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C254" s="0" t="inlineStr">
         <is>
-          <t>Marta Womens Golf Polo</t>
+          <t>Olympias Women's Open Back Sweatshirt</t>
         </is>
       </c>
       <c r="D254" s="0" t="inlineStr">
         <is>
-          <t>'113963</t>
+          <t>'108945</t>
         </is>
       </c>
       <c r="E254" s="0" t="inlineStr">
         <is>
-          <t>MU MARTA W BLACK:113963F-3XL</t>
+          <t>MU OLYMPIAS:108945C-L</t>
         </is>
       </c>
       <c r="F254" s="0" t="inlineStr">
         <is>
-          <t>'803113963091</t>
+          <t>'800108945049</t>
         </is>
       </c>
       <c r="G254" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H254" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I254" s="0">
-        <v>42.98</v>
+        <v>42.99</v>
       </c>
       <c r="J254" s="0">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="255" spans="1:10" customHeight="0">
       <c r="A255" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xkwgm45en3ntm5qxhlf78/108945f15423.jpg?rlkey=9y58511ms3f2k7qt1u68bwhwl&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B255" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zoatvjm2jsy3f0ya36y03/womens-hoodie-and-sweatshirt-size-charts-olympias.jpg?rlkey=lltd685hgsqujfy88l9xfaqqe&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C255" s="0" t="inlineStr">
         <is>
-          <t>Marta Womens Golf Polo</t>
+          <t>Olympias Women's Open Back Sweatshirt</t>
         </is>
       </c>
       <c r="D255" s="0" t="inlineStr">
         <is>
-          <t>'113963</t>
+          <t>'108945</t>
         </is>
       </c>
       <c r="E255" s="0" t="inlineStr">
         <is>
-          <t>MU MARTA W BLACK 12 PACK:113963Z-12PK</t>
+          <t>MU OLYMPIAS:108945D-XL</t>
         </is>
       </c>
       <c r="F255" s="0" t="inlineStr">
         <is>
-          <t>'803113963992</t>
+          <t>'800108945056</t>
         </is>
       </c>
       <c r="G255" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H255" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I255" s="0">
-        <v>473.76</v>
+        <v>42.99</v>
       </c>
       <c r="J255" s="0">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="256" spans="1:10" customHeight="0">
       <c r="A256" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xasx70q6abuxt8het3jnx/110536-af.jpg?rlkey=s6f4pb5v0tu5h425k27fyuvip&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C256" s="0" t="inlineStr">
         <is>
-          <t>Sherwood Men's Golf Polo</t>
+          <t>Denver Sweatshirt Blanket</t>
         </is>
       </c>
       <c r="D256" s="0" t="inlineStr">
         <is>
-          <t>'113974</t>
+          <t>'110536</t>
         </is>
       </c>
       <c r="E256" s="0" t="inlineStr">
         <is>
-          <t>MU SHERWOOD M BLACK:113974A-S</t>
+          <t>MU DENVER:110536</t>
         </is>
       </c>
       <c r="F256" s="0" t="inlineStr">
         <is>
-          <t>'803113974042</t>
-[...4 lines deleted...]
-          <t>MENS</t>
+          <t>'000000000000</t>
         </is>
       </c>
       <c r="H256" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>54" X 84"</t>
         </is>
       </c>
       <c r="I256" s="0">
-        <v>40.99</v>
+        <v>38.99</v>
       </c>
       <c r="J256" s="0">
-        <v>3</v>
+        <v>66</v>
       </c>
     </row>
     <row r="257" spans="1:10" customHeight="0">
       <c r="A257" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aeikjyln84sgq1x62tpgf/126071-af.jpg?rlkey=ne4qymj4yiocq6qcbj2brpdrw&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C257" s="0" t="inlineStr">
         <is>
-          <t>Sherwood Men's Golf Polo</t>
+          <t>Voight Mens Cap</t>
         </is>
       </c>
       <c r="D257" s="0" t="inlineStr">
         <is>
-          <t>'113974</t>
+          <t>'126071</t>
         </is>
       </c>
       <c r="E257" s="0" t="inlineStr">
         <is>
-          <t>MU SHERWOOD M BLACK:113974B-M</t>
+          <t>MU VOIGHT A GY:126071</t>
         </is>
       </c>
       <c r="F257" s="0" t="inlineStr">
         <is>
-          <t>'803113974059</t>
+          <t>'703126071007</t>
         </is>
       </c>
       <c r="G257" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H257" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I257" s="0">
-        <v>40.99</v>
+        <v>24.99</v>
       </c>
       <c r="J257" s="0">
-        <v>0</v>
+        <v>55</v>
       </c>
     </row>
     <row r="258" spans="1:10" customHeight="0">
       <c r="A258" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5g3jw6cfrasf1hy5mv27q/126070-af.jpg?rlkey=y8bfkevj830p760xs76wkvkub&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C258" s="0" t="inlineStr">
         <is>
-          <t>Sherwood Men's Golf Polo</t>
+          <t>Gunner Men's Cap</t>
         </is>
       </c>
       <c r="D258" s="0" t="inlineStr">
         <is>
-          <t>'113974</t>
+          <t>'126070</t>
         </is>
       </c>
       <c r="E258" s="0" t="inlineStr">
         <is>
-          <t>MU SHERWOOD M BLACK:113974C-L</t>
+          <t>MU GUNNER ALT:126070</t>
         </is>
       </c>
       <c r="F258" s="0" t="inlineStr">
         <is>
-          <t>'803113974066</t>
+          <t>'703126070000</t>
         </is>
       </c>
       <c r="G258" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H258" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I258" s="0">
-        <v>40.99</v>
+        <v>19.99</v>
       </c>
       <c r="J258" s="0">
-        <v>0</v>
+        <v>107</v>
       </c>
     </row>
     <row r="259" spans="1:10" customHeight="0">
       <c r="A259" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dvnm20dp2mlrudg3qnew/109283af.jpg?rlkey=6dwb04uy6cmjdxqjn6w6pixz4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B259" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7uz37gdukjub0rfanayhz/graphic-update22022-youth.jpg?rlkey=z51cg15qxn67mf0mzmzo38ade&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C259" s="0" t="inlineStr">
         <is>
-          <t>Sherwood Men's Golf Polo</t>
+          <t>Gail Youth Ruffled Long Sleeve</t>
         </is>
       </c>
       <c r="D259" s="0" t="inlineStr">
         <is>
-          <t>'113974</t>
+          <t>'109283</t>
         </is>
       </c>
       <c r="E259" s="0" t="inlineStr">
         <is>
-          <t>MU SHERWOOD M BLACK:113974D-XL</t>
+          <t>MU GAIL:109283B-YS</t>
         </is>
       </c>
       <c r="F259" s="0" t="inlineStr">
         <is>
-          <t>'803113974073</t>
+          <t>'800109283010</t>
         </is>
       </c>
       <c r="G259" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H259" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>YS</t>
         </is>
       </c>
       <c r="I259" s="0">
-        <v>40.99</v>
+        <v>42.99</v>
       </c>
       <c r="J259" s="0">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="260" spans="1:10" customHeight="0">
       <c r="A260" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dvnm20dp2mlrudg3qnew/109283af.jpg?rlkey=6dwb04uy6cmjdxqjn6w6pixz4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B260" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7uz37gdukjub0rfanayhz/graphic-update22022-youth.jpg?rlkey=z51cg15qxn67mf0mzmzo38ade&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C260" s="0" t="inlineStr">
         <is>
-          <t>Sherwood Men's Golf Polo</t>
+          <t>Gail Youth Ruffled Long Sleeve</t>
         </is>
       </c>
       <c r="D260" s="0" t="inlineStr">
         <is>
-          <t>'113974</t>
+          <t>'109283</t>
         </is>
       </c>
       <c r="E260" s="0" t="inlineStr">
         <is>
-          <t>MU SHERWOOD M BLACK:113974E-2XL</t>
+          <t>MU GAIL:109283C-YM</t>
         </is>
       </c>
       <c r="F260" s="0" t="inlineStr">
         <is>
-          <t>'803113974080</t>
+          <t>'800109283027</t>
         </is>
       </c>
       <c r="G260" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H260" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>YM</t>
         </is>
       </c>
       <c r="I260" s="0">
         <v>42.99</v>
       </c>
       <c r="J260" s="0">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="261" spans="1:10" customHeight="0">
       <c r="A261" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dvnm20dp2mlrudg3qnew/109283af.jpg?rlkey=6dwb04uy6cmjdxqjn6w6pixz4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B261" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7uz37gdukjub0rfanayhz/graphic-update22022-youth.jpg?rlkey=z51cg15qxn67mf0mzmzo38ade&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C261" s="0" t="inlineStr">
         <is>
-          <t>Sherwood Men's Golf Polo</t>
+          <t>Gail Youth Ruffled Long Sleeve</t>
         </is>
       </c>
       <c r="D261" s="0" t="inlineStr">
         <is>
-          <t>'113974</t>
+          <t>'109283</t>
         </is>
       </c>
       <c r="E261" s="0" t="inlineStr">
         <is>
-          <t>MU SHERWOOD M BLACK:113974F-3XL</t>
+          <t>MU GAIL:109283D-YL</t>
         </is>
       </c>
       <c r="F261" s="0" t="inlineStr">
         <is>
-          <t>'803113974097</t>
+          <t>'800109283034</t>
         </is>
       </c>
       <c r="G261" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H261" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>YL</t>
         </is>
       </c>
       <c r="I261" s="0">
         <v>42.99</v>
       </c>
       <c r="J261" s="0">
-        <v>1</v>
+        <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:10" customHeight="0">
       <c r="A262" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dvnm20dp2mlrudg3qnew/109283af.jpg?rlkey=6dwb04uy6cmjdxqjn6w6pixz4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B262" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7uz37gdukjub0rfanayhz/graphic-update22022-youth.jpg?rlkey=z51cg15qxn67mf0mzmzo38ade&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C262" s="0" t="inlineStr">
         <is>
-          <t>Sherwood Men's Golf Polo</t>
+          <t>Gail Youth Ruffled Long Sleeve</t>
         </is>
       </c>
       <c r="D262" s="0" t="inlineStr">
         <is>
-          <t>'113974</t>
+          <t>'109283</t>
         </is>
       </c>
       <c r="E262" s="0" t="inlineStr">
         <is>
-          <t>MU SHERWOOD M BLACK 12 PACK:113974Z-12PK</t>
+          <t>MU GAIL:109283E-YXL</t>
         </is>
       </c>
       <c r="F262" s="0" t="inlineStr">
         <is>
-          <t>'803113974998</t>
+          <t>'800109283041</t>
         </is>
       </c>
       <c r="G262" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H262" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>YXL</t>
         </is>
       </c>
       <c r="I262" s="0">
-        <v>393.6</v>
+        <v>42.99</v>
       </c>
       <c r="J262" s="0">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="263" spans="1:10" customHeight="0">
       <c r="A263" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sycih4awquzzauz66z7ph/108926-af.jpg?rlkey=xvf6sp95nfsq5a8c7hhrun3xe&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B263" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z68anr4nv2e7t0yb7qkkm/graphic-update2022-womens.jpg?rlkey=bpnhnhn4pqgadtzdybn9odwep&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C263" s="0" t="inlineStr">
         <is>
-          <t>Carmen Womens Long Sleeve Shirt</t>
+          <t>Acadia Women's Hoodie</t>
         </is>
       </c>
       <c r="D263" s="0" t="inlineStr">
         <is>
-          <t>'116115</t>
+          <t>'108926</t>
         </is>
       </c>
       <c r="E263" s="0" t="inlineStr">
         <is>
-          <t>MU CARMEN W BLACK:116115A-S</t>
+          <t>MU ACADIA:108926A-S</t>
         </is>
       </c>
       <c r="F263" s="0" t="inlineStr">
         <is>
-          <t>'803116115046</t>
+          <t>'800108926017</t>
         </is>
       </c>
       <c r="G263" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H263" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I263" s="0">
-        <v>42.99</v>
+        <v>39.99</v>
       </c>
       <c r="J263" s="0">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="264" spans="1:10" customHeight="0">
       <c r="A264" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sycih4awquzzauz66z7ph/108926-af.jpg?rlkey=xvf6sp95nfsq5a8c7hhrun3xe&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B264" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z68anr4nv2e7t0yb7qkkm/graphic-update2022-womens.jpg?rlkey=bpnhnhn4pqgadtzdybn9odwep&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C264" s="0" t="inlineStr">
         <is>
-          <t>Carmen Womens Long Sleeve Shirt</t>
+          <t>Acadia Women's Hoodie</t>
         </is>
       </c>
       <c r="D264" s="0" t="inlineStr">
         <is>
-          <t>'116115</t>
+          <t>'108926</t>
         </is>
       </c>
       <c r="E264" s="0" t="inlineStr">
         <is>
-          <t>MU CARMEN W BLACK:116115B-M</t>
+          <t>MU ACADIA:108926B-M</t>
         </is>
       </c>
       <c r="F264" s="0" t="inlineStr">
         <is>
-          <t>'803116115053</t>
+          <t>'800108926024</t>
         </is>
       </c>
       <c r="G264" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H264" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I264" s="0">
-        <v>42.99</v>
+        <v>39.99</v>
       </c>
       <c r="J264" s="0">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="265" spans="1:10" customHeight="0">
       <c r="A265" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sycih4awquzzauz66z7ph/108926-af.jpg?rlkey=xvf6sp95nfsq5a8c7hhrun3xe&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B265" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z68anr4nv2e7t0yb7qkkm/graphic-update2022-womens.jpg?rlkey=bpnhnhn4pqgadtzdybn9odwep&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C265" s="0" t="inlineStr">
         <is>
-          <t>Carmen Womens Long Sleeve Shirt</t>
+          <t>Acadia Women's Hoodie</t>
         </is>
       </c>
       <c r="D265" s="0" t="inlineStr">
         <is>
-          <t>'116115</t>
+          <t>'108926</t>
         </is>
       </c>
       <c r="E265" s="0" t="inlineStr">
         <is>
-          <t>MU CARMEN W BLACK:116115C-L</t>
+          <t>MU ACADIA:108926C-L</t>
         </is>
       </c>
       <c r="F265" s="0" t="inlineStr">
         <is>
-          <t>'803116115060</t>
+          <t>'800108926031</t>
         </is>
       </c>
       <c r="G265" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H265" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I265" s="0">
-        <v>42.99</v>
+        <v>39.99</v>
       </c>
       <c r="J265" s="0">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:10" customHeight="0">
       <c r="A266" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sycih4awquzzauz66z7ph/108926-af.jpg?rlkey=xvf6sp95nfsq5a8c7hhrun3xe&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B266" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z68anr4nv2e7t0yb7qkkm/graphic-update2022-womens.jpg?rlkey=bpnhnhn4pqgadtzdybn9odwep&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C266" s="0" t="inlineStr">
         <is>
-          <t>Carmen Womens Long Sleeve Shirt</t>
+          <t>Acadia Women's Hoodie</t>
         </is>
       </c>
       <c r="D266" s="0" t="inlineStr">
         <is>
-          <t>'116115</t>
+          <t>'108926</t>
         </is>
       </c>
       <c r="E266" s="0" t="inlineStr">
         <is>
-          <t>MU CARMEN W BLACK:116115D-XL</t>
+          <t>MU ACADIA:108926D-XL</t>
         </is>
       </c>
       <c r="F266" s="0" t="inlineStr">
         <is>
-          <t>'803116115077</t>
+          <t>'800108926048</t>
         </is>
       </c>
       <c r="G266" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H266" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I266" s="0">
-        <v>42.99</v>
+        <v>39.99</v>
       </c>
       <c r="J266" s="0">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="267" spans="1:10" customHeight="0">
       <c r="A267" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sycih4awquzzauz66z7ph/108926-af.jpg?rlkey=xvf6sp95nfsq5a8c7hhrun3xe&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B267" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z68anr4nv2e7t0yb7qkkm/graphic-update2022-womens.jpg?rlkey=bpnhnhn4pqgadtzdybn9odwep&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C267" s="0" t="inlineStr">
         <is>
-          <t>Carmen Womens Long Sleeve Shirt</t>
+          <t>Acadia Women's Hoodie</t>
         </is>
       </c>
       <c r="D267" s="0" t="inlineStr">
         <is>
-          <t>'116115</t>
+          <t>'108926</t>
         </is>
       </c>
       <c r="E267" s="0" t="inlineStr">
         <is>
-          <t>MU CARMEN W BLACK:116115E-2XL</t>
+          <t>MU ACADIA:108926E-2XL</t>
         </is>
       </c>
       <c r="F267" s="0" t="inlineStr">
         <is>
-          <t>'803116115084</t>
+          <t>'800108926055</t>
         </is>
       </c>
       <c r="G267" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H267" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I267" s="0">
-        <v>44.99</v>
+        <v>41.99</v>
       </c>
       <c r="J267" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:10" customHeight="0">
       <c r="A268" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sycih4awquzzauz66z7ph/108926-af.jpg?rlkey=xvf6sp95nfsq5a8c7hhrun3xe&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B268" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z68anr4nv2e7t0yb7qkkm/graphic-update2022-womens.jpg?rlkey=bpnhnhn4pqgadtzdybn9odwep&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C268" s="0" t="inlineStr">
         <is>
-          <t>Carmen Womens Long Sleeve Shirt</t>
+          <t>Acadia Women's Hoodie</t>
         </is>
       </c>
       <c r="D268" s="0" t="inlineStr">
         <is>
-          <t>'116115</t>
+          <t>'108926</t>
         </is>
       </c>
       <c r="E268" s="0" t="inlineStr">
         <is>
-          <t>MU CARMEN W BLACK:116115F-3XL</t>
+          <t>MU ACADIA:108926F-3XL</t>
         </is>
       </c>
       <c r="F268" s="0" t="inlineStr">
         <is>
-          <t>'803116115091</t>
+          <t>'800108926062</t>
         </is>
       </c>
       <c r="G268" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H268" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I268" s="0">
-        <v>44.99</v>
+        <v>41.99</v>
       </c>
       <c r="J268" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="269" spans="1:10" customHeight="0">
       <c r="A269" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B269" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C269" s="0" t="inlineStr">
         <is>
-          <t>Carmen Womens Long Sleeve Shirt</t>
+          <t>Trisha Womens Golf Polo</t>
         </is>
       </c>
       <c r="D269" s="0" t="inlineStr">
         <is>
-          <t>'116115</t>
+          <t>'113959</t>
         </is>
       </c>
       <c r="E269" s="0" t="inlineStr">
         <is>
-          <t>MU CARMEN W BLACK 12 PACK:116115Z-12PK</t>
+          <t>MU TRISHA W BLACK:113959A-S</t>
         </is>
       </c>
       <c r="F269" s="0" t="inlineStr">
         <is>
-          <t>'803116115992</t>
+          <t>'803113959049</t>
         </is>
       </c>
       <c r="G269" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H269" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I269" s="0">
-        <v>491.88</v>
+        <v>40.98</v>
       </c>
       <c r="J269" s="0">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="270" spans="1:10" customHeight="0">
       <c r="A270" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/30zhcwpe86ln5vueb6un3/108927-af.jpg?rlkey=rzz1lqjtayird20hy2gx4ha3r&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B270" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w301eufogv8kl8f804zyn/womens-size-chartscleopatra.jpg?rlkey=m11q3tcubh7jyd5je4y4udzh3&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C270" s="0" t="inlineStr">
         <is>
-          <t>Cleopatra Women's Down Fill Puffer Jacket</t>
+          <t>Trisha Womens Golf Polo</t>
         </is>
       </c>
       <c r="D270" s="0" t="inlineStr">
         <is>
-          <t>'108927</t>
+          <t>'113959</t>
         </is>
       </c>
       <c r="E270" s="0" t="inlineStr">
         <is>
-          <t>MU CLEOPATRA:108927A-S</t>
+          <t>MU TRISHA W BLACK:113959B-M</t>
         </is>
       </c>
       <c r="F270" s="0" t="inlineStr">
         <is>
-          <t>'800108927014</t>
+          <t>'803113959056</t>
         </is>
       </c>
       <c r="G270" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H270" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I270" s="0">
-        <v>149.99</v>
+        <v>40.98</v>
       </c>
       <c r="J270" s="0">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="271" spans="1:10" customHeight="0">
       <c r="A271" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/30zhcwpe86ln5vueb6un3/108927-af.jpg?rlkey=rzz1lqjtayird20hy2gx4ha3r&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B271" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w301eufogv8kl8f804zyn/womens-size-chartscleopatra.jpg?rlkey=m11q3tcubh7jyd5je4y4udzh3&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C271" s="0" t="inlineStr">
         <is>
-          <t>Cleopatra Women's Down Fill Puffer Jacket</t>
+          <t>Trisha Womens Golf Polo</t>
         </is>
       </c>
       <c r="D271" s="0" t="inlineStr">
         <is>
-          <t>'108927</t>
+          <t>'113959</t>
         </is>
       </c>
       <c r="E271" s="0" t="inlineStr">
         <is>
-          <t>MU CLEOPATRA:108927B-M</t>
+          <t>MU TRISHA W BLACK:113959C-L</t>
         </is>
       </c>
       <c r="F271" s="0" t="inlineStr">
         <is>
-          <t>'800108927021</t>
+          <t>'803113959063</t>
         </is>
       </c>
       <c r="G271" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H271" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I271" s="0">
-        <v>149.99</v>
+        <v>40.98</v>
       </c>
       <c r="J271" s="0">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="272" spans="1:10" customHeight="0">
       <c r="A272" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/30zhcwpe86ln5vueb6un3/108927-af.jpg?rlkey=rzz1lqjtayird20hy2gx4ha3r&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B272" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w301eufogv8kl8f804zyn/womens-size-chartscleopatra.jpg?rlkey=m11q3tcubh7jyd5je4y4udzh3&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
-          <t>Cleopatra Women's Down Fill Puffer Jacket</t>
+          <t>Trisha Womens Golf Polo</t>
         </is>
       </c>
       <c r="D272" s="0" t="inlineStr">
         <is>
-          <t>'108927</t>
+          <t>'113959</t>
         </is>
       </c>
       <c r="E272" s="0" t="inlineStr">
         <is>
-          <t>MU CLEOPATRA:108927C-L</t>
+          <t>MU TRISHA W BLACK:113959D-XL</t>
         </is>
       </c>
       <c r="F272" s="0" t="inlineStr">
         <is>
-          <t>'800108927038</t>
+          <t>'803113959070</t>
         </is>
       </c>
       <c r="G272" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H272" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I272" s="0">
-        <v>149.99</v>
+        <v>40.98</v>
       </c>
       <c r="J272" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:10" customHeight="0">
       <c r="A273" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/30zhcwpe86ln5vueb6un3/108927-af.jpg?rlkey=rzz1lqjtayird20hy2gx4ha3r&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B273" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w301eufogv8kl8f804zyn/womens-size-chartscleopatra.jpg?rlkey=m11q3tcubh7jyd5je4y4udzh3&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C273" s="0" t="inlineStr">
         <is>
-          <t>Cleopatra Women's Down Fill Puffer Jacket</t>
+          <t>Trisha Womens Golf Polo</t>
         </is>
       </c>
       <c r="D273" s="0" t="inlineStr">
         <is>
-          <t>'108927</t>
+          <t>'113959</t>
         </is>
       </c>
       <c r="E273" s="0" t="inlineStr">
         <is>
-          <t>MU CLEOPATRA:108927D-XL</t>
+          <t>MU TRISHA W BLACK:113959E-2XL</t>
         </is>
       </c>
       <c r="F273" s="0" t="inlineStr">
         <is>
-          <t>'800108927045</t>
+          <t>'803113959087</t>
         </is>
       </c>
       <c r="G273" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H273" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I273" s="0">
-        <v>149.99</v>
+        <v>42.98</v>
       </c>
       <c r="J273" s="0">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="274" spans="1:10" customHeight="0">
       <c r="A274" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/30zhcwpe86ln5vueb6un3/108927-af.jpg?rlkey=rzz1lqjtayird20hy2gx4ha3r&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B274" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w301eufogv8kl8f804zyn/womens-size-chartscleopatra.jpg?rlkey=m11q3tcubh7jyd5je4y4udzh3&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C274" s="0" t="inlineStr">
         <is>
-          <t>Cleopatra Women's Down Fill Puffer Jacket</t>
+          <t>Trisha Womens Golf Polo</t>
         </is>
       </c>
       <c r="D274" s="0" t="inlineStr">
         <is>
-          <t>'108927</t>
+          <t>'113959</t>
         </is>
       </c>
       <c r="E274" s="0" t="inlineStr">
         <is>
-          <t>MU CLEOPATRA:108927E-2XL</t>
+          <t>MU TRISHA W BLACK:113959F-3XL</t>
         </is>
       </c>
       <c r="F274" s="0" t="inlineStr">
         <is>
-          <t>'800108927052</t>
+          <t>'803113959094</t>
         </is>
       </c>
       <c r="G274" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H274" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I274" s="0">
-        <v>151.99</v>
+        <v>42.98</v>
       </c>
       <c r="J274" s="0">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="275" spans="1:10" customHeight="0">
       <c r="A275" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/30zhcwpe86ln5vueb6un3/108927-af.jpg?rlkey=rzz1lqjtayird20hy2gx4ha3r&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eflfvxjw9o4enns8dn1s7/muaf.jpg?rlkey=8fx39b2ngcizbl3edn1zgn08i&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B275" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w301eufogv8kl8f804zyn/womens-size-chartscleopatra.jpg?rlkey=m11q3tcubh7jyd5je4y4udzh3&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/chyowe2tvkwgvca37dasu/trisha-tn.jpg?rlkey=ea40qr6p2sw4oir47aoe9t9fb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C275" s="0" t="inlineStr">
         <is>
-          <t>Cleopatra Women's Down Fill Puffer Jacket</t>
+          <t>Trisha Womens Golf Polo</t>
         </is>
       </c>
       <c r="D275" s="0" t="inlineStr">
         <is>
-          <t>'108927</t>
+          <t>'113959</t>
         </is>
       </c>
       <c r="E275" s="0" t="inlineStr">
         <is>
-          <t>MU CLEOPATRA:108927F-3XL</t>
+          <t>MU TRISHA W BLACK 12 PACK:113959Z-12PK</t>
         </is>
       </c>
       <c r="F275" s="0" t="inlineStr">
         <is>
-          <t>'800108927069</t>
+          <t>'803113959995</t>
         </is>
       </c>
       <c r="G275" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H275" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I275" s="0">
-        <v>151.99</v>
+        <v>473.76</v>
       </c>
       <c r="J275" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:10" customHeight="0">
       <c r="A276" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iaho20c95supo92bd9k0v/108919-f.jpg?rlkey=tj8irz2pt8fgveqniuqmtnea5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2mluqovfkk8qnsvwkmiq6/109410f.jpg?rlkey=jdy6r3h7u4tfjdu5hg0snfwnn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B276" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mucr3prtsfve8pzfiblkv/womens-size-chartslori.jpg?rlkey=lrvsxwk32zh04bvemlwbqpmo7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/muqz6sosmrwixu93uhruf/graphic-update22022-infant.jpg?rlkey=phqw07f40z8q9lnu5uwon3yae&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C276" s="0" t="inlineStr">
         <is>
-          <t>Iowa Lori Quilted Vest Premium Black</t>
+          <t>Lynn Infant Overall Dress</t>
         </is>
       </c>
       <c r="D276" s="0" t="inlineStr">
         <is>
-          <t>'108919</t>
+          <t>'109410</t>
         </is>
       </c>
       <c r="E276" s="0" t="inlineStr">
         <is>
-          <t>MU LORI:108919A-S</t>
+          <t>MU LYNN INFANT:109410A-0-3M</t>
         </is>
       </c>
       <c r="F276" s="0" t="inlineStr">
         <is>
-          <t>'800108919019</t>
+          <t>'800109410010</t>
         </is>
       </c>
       <c r="G276" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>INFANT</t>
         </is>
       </c>
       <c r="H276" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>0-3M</t>
         </is>
       </c>
       <c r="I276" s="0">
-        <v>59.99</v>
+        <v>29.99</v>
       </c>
       <c r="J276" s="0">
-        <v>11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="277" spans="1:10" customHeight="0">
       <c r="A277" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iaho20c95supo92bd9k0v/108919-f.jpg?rlkey=tj8irz2pt8fgveqniuqmtnea5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2mluqovfkk8qnsvwkmiq6/109410f.jpg?rlkey=jdy6r3h7u4tfjdu5hg0snfwnn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B277" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mucr3prtsfve8pzfiblkv/womens-size-chartslori.jpg?rlkey=lrvsxwk32zh04bvemlwbqpmo7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/muqz6sosmrwixu93uhruf/graphic-update22022-infant.jpg?rlkey=phqw07f40z8q9lnu5uwon3yae&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C277" s="0" t="inlineStr">
         <is>
-          <t>Iowa Lori Quilted Vest Premium Black</t>
+          <t>Lynn Infant Overall Dress</t>
         </is>
       </c>
       <c r="D277" s="0" t="inlineStr">
         <is>
-          <t>'108919</t>
+          <t>'109410</t>
         </is>
       </c>
       <c r="E277" s="0" t="inlineStr">
         <is>
-          <t>MU LORI:108919B-M</t>
+          <t>MU LYNN INFANT:109410B-3-6M</t>
         </is>
       </c>
       <c r="F277" s="0" t="inlineStr">
         <is>
-          <t>'800108919026</t>
+          <t>'800109410027</t>
         </is>
       </c>
       <c r="G277" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>INFANT</t>
         </is>
       </c>
       <c r="H277" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>3-6M</t>
         </is>
       </c>
       <c r="I277" s="0">
-        <v>59.99</v>
+        <v>29.99</v>
       </c>
       <c r="J277" s="0">
-        <v>23</v>
+        <v>8</v>
       </c>
     </row>
     <row r="278" spans="1:10" customHeight="0">
       <c r="A278" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iaho20c95supo92bd9k0v/108919-f.jpg?rlkey=tj8irz2pt8fgveqniuqmtnea5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2mluqovfkk8qnsvwkmiq6/109410f.jpg?rlkey=jdy6r3h7u4tfjdu5hg0snfwnn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B278" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mucr3prtsfve8pzfiblkv/womens-size-chartslori.jpg?rlkey=lrvsxwk32zh04bvemlwbqpmo7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/muqz6sosmrwixu93uhruf/graphic-update22022-infant.jpg?rlkey=phqw07f40z8q9lnu5uwon3yae&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C278" s="0" t="inlineStr">
         <is>
-          <t>Iowa Lori Quilted Vest Premium Black</t>
+          <t>Lynn Infant Overall Dress</t>
         </is>
       </c>
       <c r="D278" s="0" t="inlineStr">
         <is>
-          <t>'108919</t>
+          <t>'109410</t>
         </is>
       </c>
       <c r="E278" s="0" t="inlineStr">
         <is>
-          <t>MU LORI:108919C-L</t>
+          <t>MU LYNN INFANT:109410C-6-9M</t>
         </is>
       </c>
       <c r="F278" s="0" t="inlineStr">
         <is>
-          <t>'800108919033</t>
+          <t>'800109410034</t>
         </is>
       </c>
       <c r="G278" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>INFANT</t>
         </is>
       </c>
       <c r="H278" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>6-9M</t>
         </is>
       </c>
       <c r="I278" s="0">
-        <v>59.99</v>
+        <v>29.99</v>
       </c>
       <c r="J278" s="0">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="279" spans="1:10" customHeight="0">
       <c r="A279" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iaho20c95supo92bd9k0v/108919-f.jpg?rlkey=tj8irz2pt8fgveqniuqmtnea5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2mluqovfkk8qnsvwkmiq6/109410f.jpg?rlkey=jdy6r3h7u4tfjdu5hg0snfwnn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B279" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mucr3prtsfve8pzfiblkv/womens-size-chartslori.jpg?rlkey=lrvsxwk32zh04bvemlwbqpmo7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/muqz6sosmrwixu93uhruf/graphic-update22022-infant.jpg?rlkey=phqw07f40z8q9lnu5uwon3yae&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C279" s="0" t="inlineStr">
         <is>
-          <t>Iowa Lori Quilted Vest Premium Black</t>
+          <t>Lynn Infant Overall Dress</t>
         </is>
       </c>
       <c r="D279" s="0" t="inlineStr">
         <is>
-          <t>'108919</t>
+          <t>'109410</t>
         </is>
       </c>
       <c r="E279" s="0" t="inlineStr">
         <is>
-          <t>MU LORI:108919D-XL</t>
+          <t>MU LYNN INFANT:109410F-12M</t>
         </is>
       </c>
       <c r="F279" s="0" t="inlineStr">
         <is>
-          <t>'800108919040</t>
+          <t>'800109410041</t>
         </is>
       </c>
       <c r="G279" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>INFANT</t>
         </is>
       </c>
       <c r="H279" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>12M</t>
         </is>
       </c>
       <c r="I279" s="0">
-        <v>59.99</v>
+        <v>29.99</v>
       </c>
       <c r="J279" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:10" customHeight="0">
       <c r="A280" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iaho20c95supo92bd9k0v/108919-f.jpg?rlkey=tj8irz2pt8fgveqniuqmtnea5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wmwoib0xt8z1g1s74dtdm/109403-af.jpg?rlkey=yl8d1a3fmwx0bkda8trnti95r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B280" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mucr3prtsfve8pzfiblkv/womens-size-chartslori.jpg?rlkey=lrvsxwk32zh04bvemlwbqpmo7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a22l7ua0u23ramr3f2uhz/graphic-update22022-toddler.jpg?rlkey=8j0jstpdrxxdajk2rbbrjm33t&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C280" s="0" t="inlineStr">
         <is>
-          <t>Iowa Lori Quilted Vest Premium Black</t>
+          <t>Lynn Toddler Overall Dress</t>
         </is>
       </c>
       <c r="D280" s="0" t="inlineStr">
         <is>
-          <t>'108919</t>
+          <t>'109403</t>
         </is>
       </c>
       <c r="E280" s="0" t="inlineStr">
         <is>
-          <t>MU LORI:108919E-2XL</t>
+          <t>MU LYNN TDLR:109403A-2T</t>
         </is>
       </c>
       <c r="F280" s="0" t="inlineStr">
         <is>
-          <t>'800108919057</t>
+          <t>'800109403012</t>
         </is>
       </c>
       <c r="G280" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="H280" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>2T</t>
         </is>
       </c>
       <c r="I280" s="0">
-        <v>61.99</v>
+        <v>29.99</v>
       </c>
       <c r="J280" s="0">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:10" customHeight="0">
       <c r="A281" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iaho20c95supo92bd9k0v/108919-f.jpg?rlkey=tj8irz2pt8fgveqniuqmtnea5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wmwoib0xt8z1g1s74dtdm/109403-af.jpg?rlkey=yl8d1a3fmwx0bkda8trnti95r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B281" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mucr3prtsfve8pzfiblkv/womens-size-chartslori.jpg?rlkey=lrvsxwk32zh04bvemlwbqpmo7&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a22l7ua0u23ramr3f2uhz/graphic-update22022-toddler.jpg?rlkey=8j0jstpdrxxdajk2rbbrjm33t&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C281" s="0" t="inlineStr">
         <is>
-          <t>Iowa Lori Quilted Vest Premium Black</t>
+          <t>Lynn Toddler Overall Dress</t>
         </is>
       </c>
       <c r="D281" s="0" t="inlineStr">
         <is>
-          <t>'108919</t>
+          <t>'109403</t>
         </is>
       </c>
       <c r="E281" s="0" t="inlineStr">
         <is>
-          <t>MU LORI:108919F-3XL</t>
+          <t>MU LYNN TDLR:109403B-3T</t>
         </is>
       </c>
       <c r="F281" s="0" t="inlineStr">
         <is>
-          <t>'800108919064</t>
+          <t>'800109403029</t>
         </is>
       </c>
       <c r="G281" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="H281" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>3T</t>
         </is>
       </c>
       <c r="I281" s="0">
-        <v>61.99</v>
+        <v>29.99</v>
       </c>
       <c r="J281" s="0">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="282" spans="1:10" customHeight="0">
       <c r="A282" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3of3ei8zmtdgwcoghmox5/cassidy-114501-f.jpg?rlkey=6bv6tdoly2lfjovau4grab7y9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wmwoib0xt8z1g1s74dtdm/109403-af.jpg?rlkey=yl8d1a3fmwx0bkda8trnti95r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B282" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/432djr5cxy1i2hdi6a4kq/womens-t-shirt-size-chartscassidy.jpg?rlkey=gcdksm6gb5ip2xy0eioom9snt&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a22l7ua0u23ramr3f2uhz/graphic-update22022-toddler.jpg?rlkey=8j0jstpdrxxdajk2rbbrjm33t&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C282" s="0" t="inlineStr">
         <is>
-          <t>Cassidy Womens Ringer T-shirt</t>
+          <t>Lynn Toddler Overall Dress</t>
         </is>
       </c>
       <c r="D282" s="0" t="inlineStr">
         <is>
-          <t>'114501</t>
+          <t>'109403</t>
         </is>
       </c>
       <c r="E282" s="0" t="inlineStr">
         <is>
-          <t>MU CASSIDY W BLACK:114501A - S</t>
+          <t>MU LYNN TDLR:109403C-4T</t>
         </is>
       </c>
       <c r="F282" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'800109403036</t>
         </is>
       </c>
       <c r="G282" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="H282" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>4T</t>
         </is>
       </c>
       <c r="I282" s="0">
-        <v>26.99</v>
+        <v>29.99</v>
       </c>
       <c r="J282" s="0">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:10" customHeight="0">
       <c r="A283" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3of3ei8zmtdgwcoghmox5/cassidy-114501-f.jpg?rlkey=6bv6tdoly2lfjovau4grab7y9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wmwoib0xt8z1g1s74dtdm/109403-af.jpg?rlkey=yl8d1a3fmwx0bkda8trnti95r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B283" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/432djr5cxy1i2hdi6a4kq/womens-t-shirt-size-chartscassidy.jpg?rlkey=gcdksm6gb5ip2xy0eioom9snt&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a22l7ua0u23ramr3f2uhz/graphic-update22022-toddler.jpg?rlkey=8j0jstpdrxxdajk2rbbrjm33t&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C283" s="0" t="inlineStr">
         <is>
-          <t>Cassidy Womens Ringer T-shirt</t>
+          <t>Lynn Toddler Overall Dress</t>
         </is>
       </c>
       <c r="D283" s="0" t="inlineStr">
         <is>
-          <t>'114501</t>
+          <t>'109403</t>
         </is>
       </c>
       <c r="E283" s="0" t="inlineStr">
         <is>
-          <t>MU CASSIDY W BLACK:114501B - M</t>
+          <t>MU LYNN TDLR:109403D-5T</t>
         </is>
       </c>
       <c r="F283" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'800109403043</t>
         </is>
       </c>
       <c r="G283" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="H283" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>5T</t>
         </is>
       </c>
       <c r="I283" s="0">
-        <v>26.99</v>
+        <v>29.99</v>
       </c>
       <c r="J283" s="0">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:10" customHeight="0">
       <c r="A284" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3of3ei8zmtdgwcoghmox5/cassidy-114501-f.jpg?rlkey=6bv6tdoly2lfjovau4grab7y9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e0ak8htp377573k59svfr/108938f.jpg?rlkey=ezrzij72zszu74q2xdruquzuc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B284" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/432djr5cxy1i2hdi6a4kq/womens-t-shirt-size-chartscassidy.jpg?rlkey=gcdksm6gb5ip2xy0eioom9snt&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f3eni9qi47npz3wkojbzz/womens-t-shirt-size-chartsmarilynn-bamboo.jpg?rlkey=rlvz88foftdymj3z8rxip95p0&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C284" s="0" t="inlineStr">
         <is>
-          <t>Cassidy Womens Ringer T-shirt</t>
+          <t>Marilynn Women's Bamboo T-Shirt</t>
         </is>
       </c>
       <c r="D284" s="0" t="inlineStr">
         <is>
-          <t>'114501</t>
+          <t>'108938</t>
         </is>
       </c>
       <c r="E284" s="0" t="inlineStr">
         <is>
-          <t>MU CASSIDY W BLACK:114501C - L</t>
+          <t>MU MARILYNN:108938A-S</t>
         </is>
       </c>
       <c r="F284" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'800108938010</t>
         </is>
       </c>
       <c r="G284" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H284" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I284" s="0">
-        <v>26.99</v>
+        <v>29.99</v>
       </c>
       <c r="J284" s="0">
-        <v>17</v>
+        <v>4</v>
       </c>
     </row>
     <row r="285" spans="1:10" customHeight="0">
       <c r="A285" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3of3ei8zmtdgwcoghmox5/cassidy-114501-f.jpg?rlkey=6bv6tdoly2lfjovau4grab7y9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e0ak8htp377573k59svfr/108938f.jpg?rlkey=ezrzij72zszu74q2xdruquzuc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B285" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/432djr5cxy1i2hdi6a4kq/womens-t-shirt-size-chartscassidy.jpg?rlkey=gcdksm6gb5ip2xy0eioom9snt&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f3eni9qi47npz3wkojbzz/womens-t-shirt-size-chartsmarilynn-bamboo.jpg?rlkey=rlvz88foftdymj3z8rxip95p0&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C285" s="0" t="inlineStr">
         <is>
-          <t>Cassidy Womens Ringer T-shirt</t>
+          <t>Marilynn Women's Bamboo T-Shirt</t>
         </is>
       </c>
       <c r="D285" s="0" t="inlineStr">
         <is>
-          <t>'114501</t>
+          <t>'108938</t>
         </is>
       </c>
       <c r="E285" s="0" t="inlineStr">
         <is>
-          <t>MU CASSIDY W BLACK:114501D - XL</t>
+          <t>MU MARILYNN:108938B-M</t>
         </is>
       </c>
       <c r="F285" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'800108938027</t>
         </is>
       </c>
       <c r="G285" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H285" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I285" s="0">
-        <v>26.99</v>
+        <v>29.99</v>
       </c>
       <c r="J285" s="0">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="286" spans="1:10" customHeight="0">
       <c r="A286" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3of3ei8zmtdgwcoghmox5/cassidy-114501-f.jpg?rlkey=6bv6tdoly2lfjovau4grab7y9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e0ak8htp377573k59svfr/108938f.jpg?rlkey=ezrzij72zszu74q2xdruquzuc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B286" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/432djr5cxy1i2hdi6a4kq/womens-t-shirt-size-chartscassidy.jpg?rlkey=gcdksm6gb5ip2xy0eioom9snt&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f3eni9qi47npz3wkojbzz/womens-t-shirt-size-chartsmarilynn-bamboo.jpg?rlkey=rlvz88foftdymj3z8rxip95p0&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C286" s="0" t="inlineStr">
         <is>
-          <t>Cassidy Womens Ringer T-shirt</t>
+          <t>Marilynn Women's Bamboo T-Shirt</t>
         </is>
       </c>
       <c r="D286" s="0" t="inlineStr">
         <is>
-          <t>'114501</t>
+          <t>'108938</t>
         </is>
       </c>
       <c r="E286" s="0" t="inlineStr">
         <is>
-          <t>MU CASSIDY W BLACK:114501E - 2XL</t>
+          <t>MU MARILYNN:108938C-L</t>
         </is>
       </c>
       <c r="F286" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'800108938034</t>
         </is>
       </c>
       <c r="G286" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H286" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I286" s="0">
-        <v>28.99</v>
+        <v>29.99</v>
       </c>
       <c r="J286" s="0">
-        <v>4</v>
+        <v>11</v>
       </c>
     </row>
     <row r="287" spans="1:10" customHeight="0">
       <c r="A287" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3of3ei8zmtdgwcoghmox5/cassidy-114501-f.jpg?rlkey=6bv6tdoly2lfjovau4grab7y9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e0ak8htp377573k59svfr/108938f.jpg?rlkey=ezrzij72zszu74q2xdruquzuc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B287" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/432djr5cxy1i2hdi6a4kq/womens-t-shirt-size-chartscassidy.jpg?rlkey=gcdksm6gb5ip2xy0eioom9snt&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f3eni9qi47npz3wkojbzz/womens-t-shirt-size-chartsmarilynn-bamboo.jpg?rlkey=rlvz88foftdymj3z8rxip95p0&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C287" s="0" t="inlineStr">
         <is>
-          <t>Cassidy Womens Ringer T-shirt</t>
+          <t>Marilynn Women's Bamboo T-Shirt</t>
         </is>
       </c>
       <c r="D287" s="0" t="inlineStr">
         <is>
-          <t>'114501</t>
+          <t>'108938</t>
         </is>
       </c>
       <c r="E287" s="0" t="inlineStr">
         <is>
-          <t>MU CASSIDY W BLACK:114501F - 3XL</t>
+          <t>MU MARILYNN:108938D-XL</t>
         </is>
       </c>
       <c r="F287" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'800108938041</t>
         </is>
       </c>
       <c r="G287" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H287" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I287" s="0">
-        <v>28.99</v>
+        <v>29.99</v>
       </c>
       <c r="J287" s="0">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="288" spans="1:10" customHeight="0">
       <c r="A288" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e0ak8htp377573k59svfr/108938f.jpg?rlkey=ezrzij72zszu74q2xdruquzuc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B288" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f3eni9qi47npz3wkojbzz/womens-t-shirt-size-chartsmarilynn-bamboo.jpg?rlkey=rlvz88foftdymj3z8rxip95p0&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C288" s="0" t="inlineStr">
         <is>
-          <t>Dixie Women's Reversible Vest</t>
+          <t>Marilynn Women's Bamboo T-Shirt</t>
         </is>
       </c>
       <c r="D288" s="0" t="inlineStr">
         <is>
-          <t>'114571</t>
+          <t>'108938</t>
         </is>
       </c>
       <c r="E288" s="0" t="inlineStr">
         <is>
-          <t>MU DIXIE W BLACK:114571A-S</t>
+          <t>MU MARILYNN:108938E-2XL</t>
         </is>
       </c>
       <c r="F288" s="0" t="inlineStr">
         <is>
-          <t>'803114571042</t>
+          <t>'800108938058</t>
         </is>
       </c>
       <c r="G288" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H288" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I288" s="0">
-        <v>54.99</v>
+        <v>31.99</v>
       </c>
       <c r="J288" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="289" spans="1:10" customHeight="0">
       <c r="A289" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e0ak8htp377573k59svfr/108938f.jpg?rlkey=ezrzij72zszu74q2xdruquzuc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B289" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f3eni9qi47npz3wkojbzz/womens-t-shirt-size-chartsmarilynn-bamboo.jpg?rlkey=rlvz88foftdymj3z8rxip95p0&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C289" s="0" t="inlineStr">
         <is>
-          <t>Dixie Women's Reversible Vest</t>
+          <t>Marilynn Women's Bamboo T-Shirt</t>
         </is>
       </c>
       <c r="D289" s="0" t="inlineStr">
         <is>
-          <t>'114571</t>
+          <t>'108938</t>
         </is>
       </c>
       <c r="E289" s="0" t="inlineStr">
         <is>
-          <t>MU DIXIE W BLACK:114571B-M</t>
+          <t>MU MARILYNN:108938F-3XL</t>
         </is>
       </c>
       <c r="F289" s="0" t="inlineStr">
         <is>
-          <t>'803114571059</t>
+          <t>'800108938065</t>
         </is>
       </c>
       <c r="G289" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H289" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I289" s="0">
-        <v>54.99</v>
+        <v>31.99</v>
       </c>
       <c r="J289" s="0">
-        <v>9</v>
+        <v>2</v>
       </c>
     </row>
     <row r="290" spans="1:10" customHeight="0">
       <c r="A290" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B290" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C290" s="0" t="inlineStr">
         <is>
-          <t>Dixie Women's Reversible Vest</t>
+          <t>Tierney Women's Hoodie</t>
         </is>
       </c>
       <c r="D290" s="0" t="inlineStr">
         <is>
-          <t>'114571</t>
+          <t>'114916</t>
         </is>
       </c>
       <c r="E290" s="0" t="inlineStr">
         <is>
-          <t>MU DIXIE W BLACK:114571C-L</t>
+          <t>MU TIERNEY W BLACK:114916A-S</t>
         </is>
       </c>
       <c r="F290" s="0" t="inlineStr">
         <is>
-          <t>'803114571066</t>
+          <t>'803114916041</t>
         </is>
       </c>
       <c r="G290" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H290" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I290" s="0">
-        <v>54.99</v>
+        <v>52.99</v>
       </c>
       <c r="J290" s="0">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="291" spans="1:10" customHeight="0">
       <c r="A291" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B291" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C291" s="0" t="inlineStr">
         <is>
-          <t>Dixie Women's Reversible Vest</t>
+          <t>Tierney Women's Hoodie</t>
         </is>
       </c>
       <c r="D291" s="0" t="inlineStr">
         <is>
-          <t>'114571</t>
+          <t>'114916</t>
         </is>
       </c>
       <c r="E291" s="0" t="inlineStr">
         <is>
-          <t>MU DIXIE W BLACK:114571D-XL</t>
+          <t>MU TIERNEY W BLACK:114916B-M</t>
         </is>
       </c>
       <c r="F291" s="0" t="inlineStr">
         <is>
-          <t>'803114571073</t>
+          <t>'803114916058</t>
         </is>
       </c>
       <c r="G291" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H291" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I291" s="0">
-        <v>54.99</v>
+        <v>52.99</v>
       </c>
       <c r="J291" s="0">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="292" spans="1:10" customHeight="0">
       <c r="A292" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B292" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C292" s="0" t="inlineStr">
         <is>
-          <t>Dixie Women's Reversible Vest</t>
+          <t>Tierney Women's Hoodie</t>
         </is>
       </c>
       <c r="D292" s="0" t="inlineStr">
         <is>
-          <t>'114571</t>
+          <t>'114916</t>
         </is>
       </c>
       <c r="E292" s="0" t="inlineStr">
         <is>
-          <t>MU DIXIE W BLACK:114571E-2XL</t>
+          <t>MU TIERNEY W BLACK:114916C-L</t>
         </is>
       </c>
       <c r="F292" s="0" t="inlineStr">
         <is>
-          <t>'803114571080</t>
+          <t>'803114916065</t>
         </is>
       </c>
       <c r="G292" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H292" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I292" s="0">
-        <v>56.99</v>
+        <v>52.99</v>
       </c>
       <c r="J292" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="293" spans="1:10" customHeight="0">
       <c r="A293" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B293" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C293" s="0" t="inlineStr">
         <is>
-          <t>Dixie Women's Reversible Vest</t>
+          <t>Tierney Women's Hoodie</t>
         </is>
       </c>
       <c r="D293" s="0" t="inlineStr">
         <is>
-          <t>'114571</t>
+          <t>'114916</t>
         </is>
       </c>
       <c r="E293" s="0" t="inlineStr">
         <is>
-          <t>MU DIXIE W BLACK:114571F-3XL</t>
+          <t>MU TIERNEY W BLACK:114916D-XL</t>
         </is>
       </c>
       <c r="F293" s="0" t="inlineStr">
         <is>
-          <t>'803114571097</t>
+          <t>'803114916072</t>
         </is>
       </c>
       <c r="G293" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H293" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I293" s="0">
-        <v>56.99</v>
+        <v>52.99</v>
       </c>
       <c r="J293" s="0">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="294" spans="1:10" customHeight="0">
       <c r="A294" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B294" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C294" s="0" t="inlineStr">
         <is>
-          <t>Dixie Women's Reversible Vest</t>
+          <t>Tierney Women's Hoodie</t>
         </is>
       </c>
       <c r="D294" s="0" t="inlineStr">
         <is>
-          <t>'114571</t>
+          <t>'114916</t>
         </is>
       </c>
       <c r="E294" s="0" t="inlineStr">
         <is>
-          <t>MU DIXIE W BLACK 12 PACK:114571Z-12PK</t>
+          <t>MU TIERNEY W BLACK:114916E-2XL</t>
         </is>
       </c>
       <c r="F294" s="0" t="inlineStr">
         <is>
-          <t>'803114571998</t>
+          <t>'803114916089</t>
         </is>
       </c>
       <c r="G294" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H294" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I294" s="0">
-        <v>528</v>
+        <v>54.99</v>
       </c>
       <c r="J294" s="0">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="295" spans="1:10" customHeight="0">
       <c r="A295" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B295" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C295" s="0" t="inlineStr">
         <is>
-          <t>Neil Men's Long Sleeve Pocket Henley</t>
+          <t>Tierney Women's Hoodie</t>
         </is>
       </c>
       <c r="D295" s="0" t="inlineStr">
         <is>
-          <t>'114481</t>
+          <t>'114916</t>
         </is>
       </c>
       <c r="E295" s="0" t="inlineStr">
         <is>
-          <t>MU NEIL M BLACK:114481A-S</t>
+          <t>MU TIERNEY W BLACK:114916F-3XL</t>
         </is>
       </c>
       <c r="F295" s="0" t="inlineStr">
         <is>
-          <t>'803114481044</t>
+          <t>'803114916096</t>
         </is>
       </c>
       <c r="G295" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H295" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I295" s="0">
-        <v>44.99</v>
+        <v>54.99</v>
       </c>
       <c r="J295" s="0">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="296" spans="1:10" customHeight="0">
       <c r="A296" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xujmsjvpcu3vwmjtgti1j/114916-af.jpg?rlkey=1jba12xk1pgwh1zbpeakjg2is&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B296" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zt6rr4s1v877c13bb8u07/womens-hoodie-and-sweatshirt-size-chartstierney.jpg?rlkey=wo8zuxni1v0x7sd9039xez75j&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C296" s="0" t="inlineStr">
         <is>
-          <t>Neil Men's Long Sleeve Pocket Henley</t>
+          <t>Tierney Women's Hoodie</t>
         </is>
       </c>
       <c r="D296" s="0" t="inlineStr">
         <is>
-          <t>'114481</t>
+          <t>'114916</t>
         </is>
       </c>
       <c r="E296" s="0" t="inlineStr">
         <is>
-          <t>MU NEIL M BLACK:114481B-M</t>
+          <t>MU TIERNEY W BLACK 12 PACK:114916Z-12PK</t>
         </is>
       </c>
       <c r="F296" s="0" t="inlineStr">
         <is>
-          <t>'803114481051</t>
+          <t>'803114916997</t>
         </is>
       </c>
       <c r="G296" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H296" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I296" s="0">
-        <v>44.99</v>
+        <v>611.88</v>
       </c>
       <c r="J296" s="0">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:10" customHeight="0">
       <c r="A297" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B297" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C297" s="0" t="inlineStr">
         <is>
-          <t>Neil Men's Long Sleeve Pocket Henley</t>
+          <t>Marta Womens Golf Polo</t>
         </is>
       </c>
       <c r="D297" s="0" t="inlineStr">
         <is>
-          <t>'114481</t>
+          <t>'113963</t>
         </is>
       </c>
       <c r="E297" s="0" t="inlineStr">
         <is>
-          <t>MU NEIL M BLACK:114481C-L</t>
+          <t>MU MARTA W BLACK:113963A-S</t>
         </is>
       </c>
       <c r="F297" s="0" t="inlineStr">
         <is>
-          <t>'803114481068</t>
+          <t>'803113963046</t>
         </is>
       </c>
       <c r="G297" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H297" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I297" s="0">
-        <v>44.99</v>
+        <v>40.98</v>
       </c>
       <c r="J297" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:10" customHeight="0">
       <c r="A298" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B298" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C298" s="0" t="inlineStr">
         <is>
-          <t>Neil Men's Long Sleeve Pocket Henley</t>
+          <t>Marta Womens Golf Polo</t>
         </is>
       </c>
       <c r="D298" s="0" t="inlineStr">
         <is>
-          <t>'114481</t>
+          <t>'113963</t>
         </is>
       </c>
       <c r="E298" s="0" t="inlineStr">
         <is>
-          <t>MU NEIL M BLACK:114481D-XL</t>
+          <t>MU MARTA W BLACK:113963B-M</t>
         </is>
       </c>
       <c r="F298" s="0" t="inlineStr">
         <is>
-          <t>'803114481075</t>
+          <t>'803113963053</t>
         </is>
       </c>
       <c r="G298" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H298" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I298" s="0">
-        <v>44.99</v>
+        <v>40.98</v>
       </c>
       <c r="J298" s="0">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="299" spans="1:10" customHeight="0">
       <c r="A299" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B299" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C299" s="0" t="inlineStr">
         <is>
-          <t>Neil Men's Long Sleeve Pocket Henley</t>
+          <t>Marta Womens Golf Polo</t>
         </is>
       </c>
       <c r="D299" s="0" t="inlineStr">
         <is>
-          <t>'114481</t>
+          <t>'113963</t>
         </is>
       </c>
       <c r="E299" s="0" t="inlineStr">
         <is>
-          <t>MU NEIL M BLACK:114481E-2XL</t>
+          <t>MU MARTA W BLACK:113963C-L</t>
         </is>
       </c>
       <c r="F299" s="0" t="inlineStr">
         <is>
-          <t>'803114481082</t>
+          <t>'803113963060</t>
         </is>
       </c>
       <c r="G299" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H299" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I299" s="0">
-        <v>46.99</v>
+        <v>40.98</v>
       </c>
       <c r="J299" s="0">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="300" spans="1:10" customHeight="0">
       <c r="A300" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B300" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C300" s="0" t="inlineStr">
         <is>
-          <t>Neil Men's Long Sleeve Pocket Henley</t>
+          <t>Marta Womens Golf Polo</t>
         </is>
       </c>
       <c r="D300" s="0" t="inlineStr">
         <is>
-          <t>'114481</t>
+          <t>'113963</t>
         </is>
       </c>
       <c r="E300" s="0" t="inlineStr">
         <is>
-          <t>MU NEIL M BLACK:114481F-3XL</t>
+          <t>MU MARTA W BLACK:113963D-XL</t>
         </is>
       </c>
       <c r="F300" s="0" t="inlineStr">
         <is>
-          <t>'803114481099</t>
+          <t>'803113963077</t>
         </is>
       </c>
       <c r="G300" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H300" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I300" s="0">
-        <v>46.99</v>
+        <v>40.98</v>
       </c>
       <c r="J300" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:10" customHeight="0">
       <c r="A301" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B301" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C301" s="0" t="inlineStr">
         <is>
-          <t>Neil Men's Long Sleeve Pocket Henley</t>
+          <t>Marta Womens Golf Polo</t>
         </is>
       </c>
       <c r="D301" s="0" t="inlineStr">
         <is>
-          <t>'114481</t>
+          <t>'113963</t>
         </is>
       </c>
       <c r="E301" s="0" t="inlineStr">
         <is>
-          <t>MU NEIL M BLACK 12 PACK:114481Z-12PK</t>
+          <t>MU MARTA W BLACK:113963E-2XL</t>
         </is>
       </c>
       <c r="F301" s="0" t="inlineStr">
         <is>
-          <t>'803114481990</t>
+          <t>'803113963084</t>
         </is>
       </c>
       <c r="G301" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H301" s="0" t="inlineStr">
         <is>
-          <t>12 PACK</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I301" s="0">
-        <v>521.88</v>
+        <v>42.98</v>
       </c>
       <c r="J301" s="0">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="302" spans="1:10" customHeight="0">
       <c r="A302" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ylkxpagt7c7vuf6hn1jv1/109210-af.jpg?rlkey=wzci00fjfuflk6w8czkygatm6&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B302" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/coq1b0ld9g09rkd8de9s9/mens-pullover-size-charts-trenton.jpg?rlkey=bhmhqh9jnbkdp30kx2gzfk9aw&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C302" s="0" t="inlineStr">
         <is>
-          <t>Trenton Men's Pullover</t>
+          <t>Marta Womens Golf Polo</t>
         </is>
       </c>
       <c r="D302" s="0" t="inlineStr">
         <is>
-          <t>'109210</t>
+          <t>'113963</t>
         </is>
       </c>
       <c r="E302" s="0" t="inlineStr">
         <is>
-          <t>MU TRENTON:109210A - S</t>
+          <t>MU MARTA W BLACK:113963F-3XL</t>
         </is>
       </c>
       <c r="F302" s="0" t="inlineStr">
         <is>
-          <t>'800109210016</t>
+          <t>'803113963091</t>
         </is>
       </c>
       <c r="G302" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H302" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I302" s="0">
-        <v>59.99</v>
+        <v>42.98</v>
       </c>
       <c r="J302" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="303" spans="1:10" customHeight="0">
       <c r="A303" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ylkxpagt7c7vuf6hn1jv1/109210-af.jpg?rlkey=wzci00fjfuflk6w8czkygatm6&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sba6vfzfxocez7niqg5ub/mu.jpg?rlkey=an4i8sjfhx174kz22dukhczl2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B303" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/coq1b0ld9g09rkd8de9s9/mens-pullover-size-charts-trenton.jpg?rlkey=bhmhqh9jnbkdp30kx2gzfk9aw&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hp9azgxk1q9mhpm0a9m35/marta.jpg?rlkey=j01fx2qbmqwm1ou1jpch5anqd&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C303" s="0" t="inlineStr">
         <is>
-          <t>Trenton Men's Pullover</t>
+          <t>Marta Womens Golf Polo</t>
         </is>
       </c>
       <c r="D303" s="0" t="inlineStr">
         <is>
-          <t>'109210</t>
+          <t>'113963</t>
         </is>
       </c>
       <c r="E303" s="0" t="inlineStr">
         <is>
-          <t>MU TRENTON:109210B - M</t>
+          <t>MU MARTA W BLACK 12 PACK:113963Z-12PK</t>
         </is>
       </c>
       <c r="F303" s="0" t="inlineStr">
         <is>
-          <t>'800109210023</t>
+          <t>'803113963992</t>
         </is>
       </c>
       <c r="G303" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H303" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I303" s="0">
-        <v>59.99</v>
+        <v>473.76</v>
       </c>
       <c r="J303" s="0">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:10" customHeight="0">
       <c r="A304" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ylkxpagt7c7vuf6hn1jv1/109210-af.jpg?rlkey=wzci00fjfuflk6w8czkygatm6&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B304" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/coq1b0ld9g09rkd8de9s9/mens-pullover-size-charts-trenton.jpg?rlkey=bhmhqh9jnbkdp30kx2gzfk9aw&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C304" s="0" t="inlineStr">
         <is>
-          <t>Trenton Men's Pullover</t>
+          <t>Sherwood Men's Golf Polo</t>
         </is>
       </c>
       <c r="D304" s="0" t="inlineStr">
         <is>
-          <t>'109210</t>
+          <t>'113974</t>
         </is>
       </c>
       <c r="E304" s="0" t="inlineStr">
         <is>
-          <t>MU TRENTON:109210C - L</t>
+          <t>MU SHERWOOD M BLACK:113974A-S</t>
         </is>
       </c>
       <c r="F304" s="0" t="inlineStr">
         <is>
-          <t>'800109210030</t>
+          <t>'803113974042</t>
         </is>
       </c>
       <c r="G304" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H304" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I304" s="0">
-        <v>59.99</v>
+        <v>40.99</v>
       </c>
       <c r="J304" s="0">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="305" spans="1:10" customHeight="0">
       <c r="A305" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ylkxpagt7c7vuf6hn1jv1/109210-af.jpg?rlkey=wzci00fjfuflk6w8czkygatm6&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B305" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/coq1b0ld9g09rkd8de9s9/mens-pullover-size-charts-trenton.jpg?rlkey=bhmhqh9jnbkdp30kx2gzfk9aw&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C305" s="0" t="inlineStr">
         <is>
-          <t>Trenton Men's Pullover</t>
+          <t>Sherwood Men's Golf Polo</t>
         </is>
       </c>
       <c r="D305" s="0" t="inlineStr">
         <is>
-          <t>'109210</t>
+          <t>'113974</t>
         </is>
       </c>
       <c r="E305" s="0" t="inlineStr">
         <is>
-          <t>MU TRENTON:109210D - XL</t>
+          <t>MU SHERWOOD M BLACK:113974B-M</t>
         </is>
       </c>
       <c r="F305" s="0" t="inlineStr">
         <is>
-          <t>'800109210047</t>
+          <t>'803113974059</t>
         </is>
       </c>
       <c r="G305" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H305" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I305" s="0">
-        <v>59.99</v>
+        <v>40.99</v>
       </c>
       <c r="J305" s="0">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:10" customHeight="0">
       <c r="A306" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ylkxpagt7c7vuf6hn1jv1/109210-af.jpg?rlkey=wzci00fjfuflk6w8czkygatm6&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B306" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/coq1b0ld9g09rkd8de9s9/mens-pullover-size-charts-trenton.jpg?rlkey=bhmhqh9jnbkdp30kx2gzfk9aw&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C306" s="0" t="inlineStr">
         <is>
-          <t>Trenton Men's Pullover</t>
+          <t>Sherwood Men's Golf Polo</t>
         </is>
       </c>
       <c r="D306" s="0" t="inlineStr">
         <is>
-          <t>'109210</t>
+          <t>'113974</t>
         </is>
       </c>
       <c r="E306" s="0" t="inlineStr">
         <is>
-          <t>MU TRENTON:109210E - 2XL</t>
+          <t>MU SHERWOOD M BLACK:113974C-L</t>
         </is>
       </c>
       <c r="F306" s="0" t="inlineStr">
         <is>
-          <t>'800109210054</t>
+          <t>'803113974066</t>
         </is>
       </c>
       <c r="G306" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H306" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I306" s="0">
-        <v>61.99</v>
+        <v>40.99</v>
       </c>
       <c r="J306" s="0">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:10" customHeight="0">
       <c r="A307" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ylkxpagt7c7vuf6hn1jv1/109210-af.jpg?rlkey=wzci00fjfuflk6w8czkygatm6&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B307" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/coq1b0ld9g09rkd8de9s9/mens-pullover-size-charts-trenton.jpg?rlkey=bhmhqh9jnbkdp30kx2gzfk9aw&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C307" s="0" t="inlineStr">
         <is>
-          <t>Trenton Men's Pullover</t>
+          <t>Sherwood Men's Golf Polo</t>
         </is>
       </c>
       <c r="D307" s="0" t="inlineStr">
         <is>
-          <t>'109210</t>
+          <t>'113974</t>
         </is>
       </c>
       <c r="E307" s="0" t="inlineStr">
         <is>
-          <t>MU TRENTON:109210F - 3XL</t>
+          <t>MU SHERWOOD M BLACK:113974D-XL</t>
         </is>
       </c>
       <c r="F307" s="0" t="inlineStr">
         <is>
-          <t>'800109210061</t>
+          <t>'803113974073</t>
         </is>
       </c>
       <c r="G307" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H307" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I307" s="0">
-        <v>61.99</v>
+        <v>40.99</v>
       </c>
       <c r="J307" s="0">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:10" customHeight="0">
       <c r="A308" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dnsw0nltlib6ubu0ufp8w/aria-02.jpg?rlkey=zzyfqvbxkby2y8wjic9rg1xii&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B308" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2odw75yvoyvtzh9pz2zyo/womens-size-chartsaria.jpg?rlkey=7crx8eipd4qc2m2c9odxz23gm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C308" s="0" t="inlineStr">
         <is>
-          <t>Aria Women's Reversible Quilted Sherpa Vest</t>
+          <t>Sherwood Men's Golf Polo</t>
         </is>
       </c>
       <c r="D308" s="0" t="inlineStr">
         <is>
-          <t>'109168</t>
+          <t>'113974</t>
         </is>
       </c>
       <c r="E308" s="0" t="inlineStr">
         <is>
-          <t>MU ARIA:109168A-S</t>
+          <t>MU SHERWOOD M BLACK:113974E-2XL</t>
         </is>
       </c>
       <c r="F308" s="0" t="inlineStr">
         <is>
-          <t>'800109168010</t>
+          <t>'803113974080</t>
         </is>
       </c>
       <c r="G308" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H308" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I308" s="0">
-        <v>54.99</v>
+        <v>42.99</v>
       </c>
       <c r="J308" s="0">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:10" customHeight="0">
       <c r="A309" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dnsw0nltlib6ubu0ufp8w/aria-02.jpg?rlkey=zzyfqvbxkby2y8wjic9rg1xii&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B309" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2odw75yvoyvtzh9pz2zyo/womens-size-chartsaria.jpg?rlkey=7crx8eipd4qc2m2c9odxz23gm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C309" s="0" t="inlineStr">
         <is>
-          <t>Aria Women's Reversible Quilted Sherpa Vest</t>
+          <t>Sherwood Men's Golf Polo</t>
         </is>
       </c>
       <c r="D309" s="0" t="inlineStr">
         <is>
-          <t>'109168</t>
+          <t>'113974</t>
         </is>
       </c>
       <c r="E309" s="0" t="inlineStr">
         <is>
-          <t>MU ARIA:109168B-M</t>
+          <t>MU SHERWOOD M BLACK:113974F-3XL</t>
         </is>
       </c>
       <c r="F309" s="0" t="inlineStr">
         <is>
-          <t>'800109168027</t>
+          <t>'803113974097</t>
         </is>
       </c>
       <c r="G309" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H309" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I309" s="0">
-        <v>54.99</v>
+        <v>42.99</v>
       </c>
       <c r="J309" s="0">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:10" customHeight="0">
       <c r="A310" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dnsw0nltlib6ubu0ufp8w/aria-02.jpg?rlkey=zzyfqvbxkby2y8wjic9rg1xii&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2w9mn7l8ukj9db4xt4any/screenshot-2025-04-03-at-1.38.47pm.png?rlkey=5kvf61ay3fymqvoqdd3zdwzhu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B310" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2odw75yvoyvtzh9pz2zyo/womens-size-chartsaria.jpg?rlkey=7crx8eipd4qc2m2c9odxz23gm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7eqqfhfkzxwbnbxw9foa4/mens-polo-size-chartsbruce.jpg?rlkey=e2vayzos0zzkth50bvlogdjit&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C310" s="0" t="inlineStr">
         <is>
-          <t>Aria Women's Reversible Quilted Sherpa Vest</t>
+          <t>Sherwood Men's Golf Polo</t>
         </is>
       </c>
       <c r="D310" s="0" t="inlineStr">
         <is>
-          <t>'109168</t>
+          <t>'113974</t>
         </is>
       </c>
       <c r="E310" s="0" t="inlineStr">
         <is>
-          <t>MU ARIA:109168C-L</t>
+          <t>MU SHERWOOD M BLACK 12 PACK:113974Z-12PK</t>
         </is>
       </c>
       <c r="F310" s="0" t="inlineStr">
         <is>
-          <t>'800109168034</t>
+          <t>'803113974998</t>
         </is>
       </c>
       <c r="G310" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H310" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I310" s="0">
-        <v>54.99</v>
+        <v>393.6</v>
       </c>
       <c r="J310" s="0">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:10" customHeight="0">
       <c r="A311" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dnsw0nltlib6ubu0ufp8w/aria-02.jpg?rlkey=zzyfqvbxkby2y8wjic9rg1xii&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B311" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2odw75yvoyvtzh9pz2zyo/womens-size-chartsaria.jpg?rlkey=7crx8eipd4qc2m2c9odxz23gm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C311" s="0" t="inlineStr">
         <is>
-          <t>Aria Women's Reversible Quilted Sherpa Vest</t>
+          <t>Carmen Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D311" s="0" t="inlineStr">
         <is>
-          <t>'109168</t>
+          <t>'116115</t>
         </is>
       </c>
       <c r="E311" s="0" t="inlineStr">
         <is>
-          <t>MU ARIA:109168D-XL</t>
+          <t>MU CARMEN W BLACK:116115A-S</t>
         </is>
       </c>
       <c r="F311" s="0" t="inlineStr">
         <is>
-          <t>'800109168041</t>
+          <t>'803116115046</t>
         </is>
       </c>
       <c r="G311" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H311" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I311" s="0">
-        <v>54.99</v>
+        <v>42.99</v>
       </c>
       <c r="J311" s="0">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="312" spans="1:10" customHeight="0">
       <c r="A312" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dnsw0nltlib6ubu0ufp8w/aria-02.jpg?rlkey=zzyfqvbxkby2y8wjic9rg1xii&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B312" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2odw75yvoyvtzh9pz2zyo/womens-size-chartsaria.jpg?rlkey=7crx8eipd4qc2m2c9odxz23gm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C312" s="0" t="inlineStr">
         <is>
-          <t>Aria Women's Reversible Quilted Sherpa Vest</t>
+          <t>Carmen Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D312" s="0" t="inlineStr">
         <is>
-          <t>'109168</t>
+          <t>'116115</t>
         </is>
       </c>
       <c r="E312" s="0" t="inlineStr">
         <is>
-          <t>MU ARIA:109168E-2XL</t>
+          <t>MU CARMEN W BLACK:116115B-M</t>
         </is>
       </c>
       <c r="F312" s="0" t="inlineStr">
         <is>
-          <t>'800109168058</t>
+          <t>'803116115053</t>
         </is>
       </c>
       <c r="G312" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H312" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I312" s="0">
-        <v>56.99</v>
+        <v>42.99</v>
       </c>
       <c r="J312" s="0">
-        <v>0</v>
+        <v>16</v>
       </c>
     </row>
     <row r="313" spans="1:10" customHeight="0">
       <c r="A313" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dnsw0nltlib6ubu0ufp8w/aria-02.jpg?rlkey=zzyfqvbxkby2y8wjic9rg1xii&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B313" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2odw75yvoyvtzh9pz2zyo/womens-size-chartsaria.jpg?rlkey=7crx8eipd4qc2m2c9odxz23gm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C313" s="0" t="inlineStr">
         <is>
-          <t>Aria Women's Reversible Quilted Sherpa Vest</t>
+          <t>Carmen Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D313" s="0" t="inlineStr">
         <is>
-          <t>'109168</t>
+          <t>'116115</t>
         </is>
       </c>
       <c r="E313" s="0" t="inlineStr">
         <is>
-          <t>MU ARIA:109168F-3XL</t>
+          <t>MU CARMEN W BLACK:116115C-L</t>
         </is>
       </c>
       <c r="F313" s="0" t="inlineStr">
         <is>
-          <t>'800109168065</t>
+          <t>'803116115060</t>
         </is>
       </c>
       <c r="G313" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H313" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I313" s="0">
-        <v>56.99</v>
+        <v>42.99</v>
       </c>
       <c r="J313" s="0">
-        <v>4</v>
+        <v>16</v>
       </c>
     </row>
     <row r="314" spans="1:10" customHeight="0">
       <c r="A314" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dued67iqsl6wywzj1znhh/108951-f.jpg?rlkey=174qqynm32zx1rnsn243rjomy&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B314" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e7bua4scymm197x6zzqma/8-19womens-fitted.jpg?rlkey=73nlt15s36tolq5x8dd8ul4in&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C314" s="0" t="inlineStr">
         <is>
-          <t>Eliza Women's Off Shoulder Long Sleeve Shirt</t>
+          <t>Carmen Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D314" s="0" t="inlineStr">
         <is>
-          <t>'108951</t>
+          <t>'116115</t>
         </is>
       </c>
       <c r="E314" s="0" t="inlineStr">
         <is>
-          <t>MU ELIZA:108951A-S</t>
+          <t>MU CARMEN W BLACK:116115D-XL</t>
         </is>
       </c>
       <c r="F314" s="0" t="inlineStr">
         <is>
-          <t>'800108951019</t>
+          <t>'803116115077</t>
         </is>
       </c>
       <c r="G314" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H314" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I314" s="0">
         <v>42.99</v>
       </c>
       <c r="J314" s="0">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="315" spans="1:10" customHeight="0">
       <c r="A315" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dued67iqsl6wywzj1znhh/108951-f.jpg?rlkey=174qqynm32zx1rnsn243rjomy&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B315" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e7bua4scymm197x6zzqma/8-19womens-fitted.jpg?rlkey=73nlt15s36tolq5x8dd8ul4in&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C315" s="0" t="inlineStr">
         <is>
-          <t>Eliza Women's Off Shoulder Long Sleeve Shirt</t>
+          <t>Carmen Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D315" s="0" t="inlineStr">
         <is>
-          <t>'108951</t>
+          <t>'116115</t>
         </is>
       </c>
       <c r="E315" s="0" t="inlineStr">
         <is>
-          <t>MU ELIZA:108951B-M</t>
+          <t>MU CARMEN W BLACK:116115E-2XL</t>
         </is>
       </c>
       <c r="F315" s="0" t="inlineStr">
         <is>
-          <t>'800108951026</t>
+          <t>'803116115084</t>
         </is>
       </c>
       <c r="G315" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H315" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I315" s="0">
-        <v>42.99</v>
+        <v>44.99</v>
       </c>
       <c r="J315" s="0">
-        <v>15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="316" spans="1:10" customHeight="0">
       <c r="A316" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dued67iqsl6wywzj1znhh/108951-f.jpg?rlkey=174qqynm32zx1rnsn243rjomy&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B316" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e7bua4scymm197x6zzqma/8-19womens-fitted.jpg?rlkey=73nlt15s36tolq5x8dd8ul4in&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C316" s="0" t="inlineStr">
         <is>
-          <t>Eliza Women's Off Shoulder Long Sleeve Shirt</t>
+          <t>Carmen Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D316" s="0" t="inlineStr">
         <is>
-          <t>'108951</t>
+          <t>'116115</t>
         </is>
       </c>
       <c r="E316" s="0" t="inlineStr">
         <is>
-          <t>MU ELIZA:108951C-L</t>
+          <t>MU CARMEN W BLACK:116115F-3XL</t>
         </is>
       </c>
       <c r="F316" s="0" t="inlineStr">
         <is>
-          <t>'800108951033</t>
+          <t>'803116115091</t>
         </is>
       </c>
       <c r="G316" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H316" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I316" s="0">
-        <v>42.99</v>
+        <v>44.99</v>
       </c>
       <c r="J316" s="0">
-        <v>16</v>
+        <v>2</v>
       </c>
     </row>
     <row r="317" spans="1:10" customHeight="0">
       <c r="A317" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dued67iqsl6wywzj1znhh/108951-f.jpg?rlkey=174qqynm32zx1rnsn243rjomy&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gxm3axgsckg4vyheie7vg/116115-af.jpg?rlkey=seduqgyjm8pkjk7655hrw65b9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B317" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e7bua4scymm197x6zzqma/8-19womens-fitted.jpg?rlkey=73nlt15s36tolq5x8dd8ul4in&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/etoyrbgfat9qc6slc40mz/womens-long-sleeve-size-chartscarmen.jpg?rlkey=jceblgdg7jj0akavbcy29mzki&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C317" s="0" t="inlineStr">
         <is>
-          <t>Eliza Women's Off Shoulder Long Sleeve Shirt</t>
+          <t>Carmen Womens Long Sleeve Shirt</t>
         </is>
       </c>
       <c r="D317" s="0" t="inlineStr">
         <is>
-          <t>'108951</t>
+          <t>'116115</t>
         </is>
       </c>
       <c r="E317" s="0" t="inlineStr">
         <is>
-          <t>MU ELIZA:108951D-XL</t>
+          <t>MU CARMEN W BLACK 12 PACK:116115Z-12PK</t>
         </is>
       </c>
       <c r="F317" s="0" t="inlineStr">
         <is>
-          <t>'800108951040</t>
+          <t>'803116115992</t>
         </is>
       </c>
       <c r="G317" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H317" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>12 PACK</t>
         </is>
       </c>
       <c r="I317" s="0">
-        <v>42.99</v>
+        <v>491.88</v>
       </c>
       <c r="J317" s="0">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:10" customHeight="0">
       <c r="A318" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dued67iqsl6wywzj1znhh/108951-f.jpg?rlkey=174qqynm32zx1rnsn243rjomy&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/30zhcwpe86ln5vueb6un3/108927-af.jpg?rlkey=rzz1lqjtayird20hy2gx4ha3r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B318" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e7bua4scymm197x6zzqma/8-19womens-fitted.jpg?rlkey=73nlt15s36tolq5x8dd8ul4in&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w301eufogv8kl8f804zyn/womens-size-chartscleopatra.jpg?rlkey=m11q3tcubh7jyd5je4y4udzh3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C318" s="0" t="inlineStr">
         <is>
-          <t>Eliza Women's Off Shoulder Long Sleeve Shirt</t>
+          <t>Cleopatra Women's Down Fill Puffer Jacket</t>
         </is>
       </c>
       <c r="D318" s="0" t="inlineStr">
         <is>
-          <t>'108951</t>
+          <t>'108927</t>
         </is>
       </c>
       <c r="E318" s="0" t="inlineStr">
         <is>
-          <t>MU ELIZA:108951E-2XL</t>
+          <t>MU CLEOPATRA:108927A-S</t>
         </is>
       </c>
       <c r="F318" s="0" t="inlineStr">
         <is>
-          <t>'800108951057</t>
+          <t>'800108927014</t>
         </is>
       </c>
       <c r="G318" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H318" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I318" s="0">
-        <v>44.99</v>
+        <v>149.99</v>
       </c>
       <c r="J318" s="0">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="319" spans="1:10" customHeight="0">
       <c r="A319" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dued67iqsl6wywzj1znhh/108951-f.jpg?rlkey=174qqynm32zx1rnsn243rjomy&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/30zhcwpe86ln5vueb6un3/108927-af.jpg?rlkey=rzz1lqjtayird20hy2gx4ha3r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B319" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e7bua4scymm197x6zzqma/8-19womens-fitted.jpg?rlkey=73nlt15s36tolq5x8dd8ul4in&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w301eufogv8kl8f804zyn/womens-size-chartscleopatra.jpg?rlkey=m11q3tcubh7jyd5je4y4udzh3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C319" s="0" t="inlineStr">
         <is>
-          <t>Eliza Women's Off Shoulder Long Sleeve Shirt</t>
+          <t>Cleopatra Women's Down Fill Puffer Jacket</t>
         </is>
       </c>
       <c r="D319" s="0" t="inlineStr">
         <is>
-          <t>'108951</t>
+          <t>'108927</t>
         </is>
       </c>
       <c r="E319" s="0" t="inlineStr">
         <is>
-          <t>MU ELIZA:108951F-3XL</t>
+          <t>MU CLEOPATRA:108927B-M</t>
         </is>
       </c>
       <c r="F319" s="0" t="inlineStr">
         <is>
-          <t>'800108951064</t>
+          <t>'800108927021</t>
         </is>
       </c>
       <c r="G319" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H319" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I319" s="0">
-        <v>44.99</v>
+        <v>149.99</v>
       </c>
       <c r="J319" s="0">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="320" spans="1:10" customHeight="0">
       <c r="A320" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vb00juyplf5wl0dbof5j9/109029f67785.jpg?rlkey=uzv8b1y2kc5dw8ljvzdrktuet&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/30zhcwpe86ln5vueb6un3/108927-af.jpg?rlkey=rzz1lqjtayird20hy2gx4ha3r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B320" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jaoohvz0bo48cnwwumg62/8-19womens-fitted.jpg?rlkey=6y6r44srifpjz3a8epss8z98s&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w301eufogv8kl8f804zyn/womens-size-chartscleopatra.jpg?rlkey=m11q3tcubh7jyd5je4y4udzh3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C320" s="0" t="inlineStr">
         <is>
-          <t>Jacqueline Women's Quilted Puffer Jacket</t>
+          <t>Cleopatra Women's Down Fill Puffer Jacket</t>
         </is>
       </c>
       <c r="D320" s="0" t="inlineStr">
         <is>
-          <t>'109029</t>
+          <t>'108927</t>
         </is>
       </c>
       <c r="E320" s="0" t="inlineStr">
         <is>
-          <t>MU JACQUELINE - WHITE:109029A-S</t>
+          <t>MU CLEOPATRA:108927C-L</t>
         </is>
       </c>
       <c r="F320" s="0" t="inlineStr">
         <is>
-          <t>'800109029014</t>
+          <t>'800108927038</t>
         </is>
       </c>
       <c r="G320" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H320" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I320" s="0">
-        <v>129.99</v>
+        <v>149.99</v>
       </c>
       <c r="J320" s="0">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="321" spans="1:10" customHeight="0">
       <c r="A321" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vb00juyplf5wl0dbof5j9/109029f67785.jpg?rlkey=uzv8b1y2kc5dw8ljvzdrktuet&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/30zhcwpe86ln5vueb6un3/108927-af.jpg?rlkey=rzz1lqjtayird20hy2gx4ha3r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B321" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jaoohvz0bo48cnwwumg62/8-19womens-fitted.jpg?rlkey=6y6r44srifpjz3a8epss8z98s&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w301eufogv8kl8f804zyn/womens-size-chartscleopatra.jpg?rlkey=m11q3tcubh7jyd5je4y4udzh3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C321" s="0" t="inlineStr">
         <is>
-          <t>Jacqueline Women's Quilted Puffer Jacket</t>
+          <t>Cleopatra Women's Down Fill Puffer Jacket</t>
         </is>
       </c>
       <c r="D321" s="0" t="inlineStr">
         <is>
-          <t>'109029</t>
+          <t>'108927</t>
         </is>
       </c>
       <c r="E321" s="0" t="inlineStr">
         <is>
-          <t>MU JACQUELINE - WHITE:109029B-M</t>
+          <t>MU CLEOPATRA:108927D-XL</t>
         </is>
       </c>
       <c r="F321" s="0" t="inlineStr">
         <is>
-          <t>'800109029021</t>
+          <t>'800108927045</t>
         </is>
       </c>
       <c r="G321" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H321" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I321" s="0">
-        <v>129.99</v>
+        <v>149.99</v>
       </c>
       <c r="J321" s="0">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:10" customHeight="0">
       <c r="A322" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vb00juyplf5wl0dbof5j9/109029f67785.jpg?rlkey=uzv8b1y2kc5dw8ljvzdrktuet&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/30zhcwpe86ln5vueb6un3/108927-af.jpg?rlkey=rzz1lqjtayird20hy2gx4ha3r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B322" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jaoohvz0bo48cnwwumg62/8-19womens-fitted.jpg?rlkey=6y6r44srifpjz3a8epss8z98s&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w301eufogv8kl8f804zyn/womens-size-chartscleopatra.jpg?rlkey=m11q3tcubh7jyd5je4y4udzh3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C322" s="0" t="inlineStr">
         <is>
-          <t>Jacqueline Women's Quilted Puffer Jacket</t>
+          <t>Cleopatra Women's Down Fill Puffer Jacket</t>
         </is>
       </c>
       <c r="D322" s="0" t="inlineStr">
         <is>
-          <t>'109029</t>
+          <t>'108927</t>
         </is>
       </c>
       <c r="E322" s="0" t="inlineStr">
         <is>
-          <t>MU JACQUELINE - WHITE:109029C-L</t>
+          <t>MU CLEOPATRA:108927E-2XL</t>
         </is>
       </c>
       <c r="F322" s="0" t="inlineStr">
         <is>
-          <t>'800109029038</t>
+          <t>'800108927052</t>
         </is>
       </c>
       <c r="G322" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H322" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I322" s="0">
-        <v>129.99</v>
+        <v>151.99</v>
       </c>
       <c r="J322" s="0">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:10" customHeight="0">
       <c r="A323" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vb00juyplf5wl0dbof5j9/109029f67785.jpg?rlkey=uzv8b1y2kc5dw8ljvzdrktuet&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/30zhcwpe86ln5vueb6un3/108927-af.jpg?rlkey=rzz1lqjtayird20hy2gx4ha3r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B323" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jaoohvz0bo48cnwwumg62/8-19womens-fitted.jpg?rlkey=6y6r44srifpjz3a8epss8z98s&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/w301eufogv8kl8f804zyn/womens-size-chartscleopatra.jpg?rlkey=m11q3tcubh7jyd5je4y4udzh3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C323" s="0" t="inlineStr">
         <is>
-          <t>Jacqueline Women's Quilted Puffer Jacket</t>
+          <t>Cleopatra Women's Down Fill Puffer Jacket</t>
         </is>
       </c>
       <c r="D323" s="0" t="inlineStr">
         <is>
-          <t>'109029</t>
+          <t>'108927</t>
         </is>
       </c>
       <c r="E323" s="0" t="inlineStr">
         <is>
-          <t>MU JACQUELINE - WHITE:109029D-XL</t>
+          <t>MU CLEOPATRA:108927F-3XL</t>
         </is>
       </c>
       <c r="F323" s="0" t="inlineStr">
         <is>
-          <t>'800109029045</t>
+          <t>'800108927069</t>
         </is>
       </c>
       <c r="G323" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H323" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I323" s="0">
-        <v>129.99</v>
+        <v>151.99</v>
       </c>
       <c r="J323" s="0">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:10" customHeight="0">
       <c r="A324" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vb00juyplf5wl0dbof5j9/109029f67785.jpg?rlkey=uzv8b1y2kc5dw8ljvzdrktuet&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iaho20c95supo92bd9k0v/108919-f.jpg?rlkey=tj8irz2pt8fgveqniuqmtnea5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B324" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jaoohvz0bo48cnwwumg62/8-19womens-fitted.jpg?rlkey=6y6r44srifpjz3a8epss8z98s&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mucr3prtsfve8pzfiblkv/womens-size-chartslori.jpg?rlkey=lrvsxwk32zh04bvemlwbqpmo7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C324" s="0" t="inlineStr">
         <is>
-          <t>Jacqueline Women's Quilted Puffer Jacket</t>
+          <t>Iowa Lori Quilted Vest Premium Black</t>
         </is>
       </c>
       <c r="D324" s="0" t="inlineStr">
         <is>
-          <t>'109029</t>
+          <t>'108919</t>
         </is>
       </c>
       <c r="E324" s="0" t="inlineStr">
         <is>
-          <t>MU JACQUELINE - WHITE:109029E-2XL</t>
+          <t>MU LORI:108919A-S</t>
         </is>
       </c>
       <c r="F324" s="0" t="inlineStr">
         <is>
-          <t>'800109029052</t>
+          <t>'800108919019</t>
         </is>
       </c>
       <c r="G324" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H324" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I324" s="0">
-        <v>131.99</v>
+        <v>59.99</v>
       </c>
       <c r="J324" s="0">
-        <v>1</v>
+        <v>11</v>
       </c>
     </row>
     <row r="325" spans="1:10" customHeight="0">
       <c r="A325" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vb00juyplf5wl0dbof5j9/109029f67785.jpg?rlkey=uzv8b1y2kc5dw8ljvzdrktuet&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iaho20c95supo92bd9k0v/108919-f.jpg?rlkey=tj8irz2pt8fgveqniuqmtnea5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B325" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jaoohvz0bo48cnwwumg62/8-19womens-fitted.jpg?rlkey=6y6r44srifpjz3a8epss8z98s&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mucr3prtsfve8pzfiblkv/womens-size-chartslori.jpg?rlkey=lrvsxwk32zh04bvemlwbqpmo7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C325" s="0" t="inlineStr">
         <is>
-          <t>Jacqueline Women's Quilted Puffer Jacket</t>
+          <t>Iowa Lori Quilted Vest Premium Black</t>
         </is>
       </c>
       <c r="D325" s="0" t="inlineStr">
         <is>
-          <t>'109029</t>
+          <t>'108919</t>
         </is>
       </c>
       <c r="E325" s="0" t="inlineStr">
         <is>
-          <t>MU JACQUELINE - WHITE:109029F-3XL</t>
+          <t>MU LORI:108919B-M</t>
         </is>
       </c>
       <c r="F325" s="0" t="inlineStr">
         <is>
-          <t>'800109029069</t>
+          <t>'800108919026</t>
         </is>
       </c>
       <c r="G325" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H325" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I325" s="0">
-        <v>131.99</v>
+        <v>59.99</v>
       </c>
       <c r="J325" s="0">
-        <v>1</v>
+        <v>23</v>
       </c>
     </row>
     <row r="326" spans="1:10" customHeight="0">
       <c r="A326" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/x85mp1gqv5fv9nx7hmlc3/126068af89959.jpg?rlkey=okrr19zmv8sj75fzb71e00nxr&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iaho20c95supo92bd9k0v/108919-f.jpg?rlkey=tj8irz2pt8fgveqniuqmtnea5&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B326" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mucr3prtsfve8pzfiblkv/womens-size-chartslori.jpg?rlkey=lrvsxwk32zh04bvemlwbqpmo7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C326" s="0" t="inlineStr">
         <is>
-          <t>Asher Men's Cap</t>
+          <t>Iowa Lori Quilted Vest Premium Black</t>
         </is>
       </c>
       <c r="D326" s="0" t="inlineStr">
         <is>
-          <t>'126068</t>
+          <t>'108919</t>
         </is>
       </c>
       <c r="E326" s="0" t="inlineStr">
         <is>
-          <t>MU ASHER A BK:126068</t>
+          <t>MU LORI:108919C-L</t>
         </is>
       </c>
       <c r="F326" s="0" t="inlineStr">
         <is>
-          <t>'703126068007</t>
+          <t>'800108919033</t>
         </is>
       </c>
       <c r="G326" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H326" s="0" t="inlineStr">
         <is>
-          <t>STANDARD MENS</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I326" s="0">
-        <v>17.99</v>
+        <v>59.99</v>
       </c>
       <c r="J326" s="0">
-        <v>78</v>
+        <v>24</v>
       </c>
     </row>
     <row r="327" spans="1:10" customHeight="0">
       <c r="A327" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fj5xyjd79ryh412717yo4/face-mask-af-black-mu.jpg?rlkey=xsrlc04on2nd8imuntt8oig1l&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iaho20c95supo92bd9k0v/108919-f.jpg?rlkey=tj8irz2pt8fgveqniuqmtnea5&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B327" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mucr3prtsfve8pzfiblkv/womens-size-chartslori.jpg?rlkey=lrvsxwk32zh04bvemlwbqpmo7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C327" s="0" t="inlineStr">
         <is>
-          <t>Reusable Face Mask </t>
+          <t>Iowa Lori Quilted Vest Premium Black</t>
         </is>
       </c>
       <c r="D327" s="0" t="inlineStr">
         <is>
-          <t>'118610</t>
+          <t>'108919</t>
         </is>
       </c>
       <c r="E327" s="0" t="inlineStr">
         <is>
-          <t>MU KIZZY BLACK:118610</t>
+          <t>MU LORI:108919D-XL</t>
         </is>
       </c>
       <c r="F327" s="0" t="inlineStr">
         <is>
-          <t>'703118610016</t>
+          <t>'800108919040</t>
+        </is>
+      </c>
+      <c r="G327" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H327" s="0" t="inlineStr">
+        <is>
+          <t>XL</t>
         </is>
       </c>
       <c r="I327" s="0">
-        <v>7.99</v>
+        <v>59.99</v>
       </c>
       <c r="J327" s="0">
-        <v>768</v>
+        <v>12</v>
       </c>
     </row>
     <row r="328" spans="1:10" customHeight="0">
       <c r="A328" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/582i9gqdf2ql1kwke0xw6/masks.jpg?rlkey=3bqrr192i5m65a4wdggz2lmdj&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iaho20c95supo92bd9k0v/108919-f.jpg?rlkey=tj8irz2pt8fgveqniuqmtnea5&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B328" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mucr3prtsfve8pzfiblkv/womens-size-chartslori.jpg?rlkey=lrvsxwk32zh04bvemlwbqpmo7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C328" s="0" t="inlineStr">
         <is>
-          <t>Printed Reusable Face Mask 6pk</t>
+          <t>Iowa Lori Quilted Vest Premium Black</t>
         </is>
       </c>
       <c r="D328" s="0" t="inlineStr">
         <is>
-          <t>'119343PK</t>
+          <t>'108919</t>
         </is>
       </c>
       <c r="E328" s="0" t="inlineStr">
         <is>
-          <t>MISSOURI MASK:119343PK</t>
+          <t>MU LORI:108919E-2XL</t>
         </is>
       </c>
       <c r="F328" s="0" t="inlineStr">
         <is>
-          <t>'000000000000</t>
+          <t>'800108919057</t>
+        </is>
+      </c>
+      <c r="G328" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H328" s="0" t="inlineStr">
+        <is>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I328" s="0">
-        <v>59.99</v>
+        <v>61.99</v>
       </c>
       <c r="J328" s="0">
-        <v>1072</v>
+        <v>4</v>
       </c>
     </row>
     <row r="329" spans="1:10" customHeight="0">
       <c r="A329" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cr1cr1u61y5jl09e2x3xg/necksleeveimages-0650396.jpg?rlkey=cj42ka8mp7scicrd66ie5azq2&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iaho20c95supo92bd9k0v/108919-f.jpg?rlkey=tj8irz2pt8fgveqniuqmtnea5&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B329" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mucr3prtsfve8pzfiblkv/womens-size-chartslori.jpg?rlkey=lrvsxwk32zh04bvemlwbqpmo7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C329" s="0" t="inlineStr">
         <is>
-          <t>Licensed Adult Neck Sleeve</t>
+          <t>Iowa Lori Quilted Vest Premium Black</t>
         </is>
       </c>
       <c r="D329" s="0" t="inlineStr">
         <is>
-          <t>'119731</t>
+          <t>'108919</t>
         </is>
       </c>
       <c r="E329" s="0" t="inlineStr">
         <is>
-          <t>MU NECK SLEEVE:119731OSFM</t>
+          <t>MU LORI:108919F-3XL</t>
         </is>
       </c>
       <c r="F329" s="0" t="inlineStr">
         <is>
-          <t>'803119730345</t>
+          <t>'800108919064</t>
+        </is>
+      </c>
+      <c r="G329" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H329" s="0" t="inlineStr">
         <is>
-          <t>OSFM</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I329" s="0">
-        <v>19.99</v>
+        <v>61.99</v>
       </c>
       <c r="J329" s="0">
-        <v>192</v>
+        <v>4</v>
       </c>
     </row>
     <row r="330" spans="1:10" customHeight="0">
       <c r="A330" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zog5u3cdtzunesfwj64uu/necksleeveimages-0650396.jpg?rlkey=fyic5yscd0s6cikcxrycbdfxs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3of3ei8zmtdgwcoghmox5/cassidy-114501-f.jpg?rlkey=6bv6tdoly2lfjovau4grab7y9&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B330" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/432djr5cxy1i2hdi6a4kq/womens-t-shirt-size-chartscassidy.jpg?rlkey=gcdksm6gb5ip2xy0eioom9snt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C330" s="0" t="inlineStr">
         <is>
-          <t>Licensed Youth Neck Sleeves</t>
+          <t>Cassidy Womens Ringer T-shirt</t>
         </is>
       </c>
       <c r="D330" s="0" t="inlineStr">
         <is>
-          <t>'119947</t>
+          <t>'114501</t>
         </is>
       </c>
       <c r="E330" s="0" t="inlineStr">
         <is>
-          <t>MU YOUTH NECK SLEEVE:119947OSFM</t>
+          <t>MU CASSIDY W BLACK:114501A - S</t>
         </is>
       </c>
       <c r="F330" s="0" t="inlineStr">
         <is>
           <t>'000000000000</t>
         </is>
       </c>
+      <c r="G330" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
       <c r="H330" s="0" t="inlineStr">
         <is>
-          <t>OSFM</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I330" s="0">
-        <v>19.99</v>
+        <v>26.99</v>
       </c>
       <c r="J330" s="0">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="331" spans="1:10" customHeight="0">
       <c r="A331" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4v1878wiycnppqa8fb9n/hendrix.jpg?rlkey=pvxb0fhod37jkpzb92ruile4t&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3of3ei8zmtdgwcoghmox5/cassidy-114501-f.jpg?rlkey=6bv6tdoly2lfjovau4grab7y9&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B331" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/432djr5cxy1i2hdi6a4kq/womens-t-shirt-size-chartscassidy.jpg?rlkey=gcdksm6gb5ip2xy0eioom9snt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C331" s="0" t="inlineStr">
         <is>
-          <t>Hendrix Infant Bodysuit And Overalls</t>
+          <t>Cassidy Womens Ringer T-shirt</t>
         </is>
       </c>
       <c r="D331" s="0" t="inlineStr">
         <is>
-          <t>'115534</t>
+          <t>'114501</t>
         </is>
       </c>
       <c r="E331" s="0" t="inlineStr">
         <is>
-          <t>MU HENDRIX I GREY:115534A-0-3M</t>
+          <t>MU CASSIDY W BLACK:114501B - M</t>
         </is>
       </c>
       <c r="F331" s="0" t="inlineStr">
         <is>
-          <t>'803115534008</t>
+          <t>'000000000000</t>
         </is>
       </c>
       <c r="G331" s="0" t="inlineStr">
         <is>
-          <t>INFANT</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H331" s="0" t="inlineStr">
         <is>
-          <t>0-3M</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I331" s="0">
-        <v>29.99</v>
+        <v>26.99</v>
       </c>
       <c r="J331" s="0">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="332" spans="1:10" customHeight="0">
       <c r="A332" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4v1878wiycnppqa8fb9n/hendrix.jpg?rlkey=pvxb0fhod37jkpzb92ruile4t&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3of3ei8zmtdgwcoghmox5/cassidy-114501-f.jpg?rlkey=6bv6tdoly2lfjovau4grab7y9&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B332" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/432djr5cxy1i2hdi6a4kq/womens-t-shirt-size-chartscassidy.jpg?rlkey=gcdksm6gb5ip2xy0eioom9snt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C332" s="0" t="inlineStr">
         <is>
-          <t>Hendrix Infant Bodysuit And Overalls</t>
+          <t>Cassidy Womens Ringer T-shirt</t>
         </is>
       </c>
       <c r="D332" s="0" t="inlineStr">
         <is>
-          <t>'115534</t>
+          <t>'114501</t>
         </is>
       </c>
       <c r="E332" s="0" t="inlineStr">
         <is>
-          <t>MU HENDRIX I GREY:115534B-3-6M</t>
+          <t>MU CASSIDY W BLACK:114501C - L</t>
         </is>
       </c>
       <c r="F332" s="0" t="inlineStr">
         <is>
-          <t>'803115534015</t>
+          <t>'000000000000</t>
         </is>
       </c>
       <c r="G332" s="0" t="inlineStr">
         <is>
-          <t>INFANT</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H332" s="0" t="inlineStr">
         <is>
-          <t>3-6M</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I332" s="0">
-        <v>29.99</v>
+        <v>26.99</v>
       </c>
       <c r="J332" s="0">
-        <v>1</v>
+        <v>17</v>
       </c>
     </row>
     <row r="333" spans="1:10" customHeight="0">
       <c r="A333" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4v1878wiycnppqa8fb9n/hendrix.jpg?rlkey=pvxb0fhod37jkpzb92ruile4t&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3of3ei8zmtdgwcoghmox5/cassidy-114501-f.jpg?rlkey=6bv6tdoly2lfjovau4grab7y9&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B333" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/432djr5cxy1i2hdi6a4kq/womens-t-shirt-size-chartscassidy.jpg?rlkey=gcdksm6gb5ip2xy0eioom9snt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C333" s="0" t="inlineStr">
         <is>
-          <t>Hendrix Infant Bodysuit And Overalls</t>
+          <t>Cassidy Womens Ringer T-shirt</t>
         </is>
       </c>
       <c r="D333" s="0" t="inlineStr">
         <is>
-          <t>'115534</t>
+          <t>'114501</t>
         </is>
       </c>
       <c r="E333" s="0" t="inlineStr">
         <is>
-          <t>MU HENDRIX I GREY:115534C-6-9M</t>
+          <t>MU CASSIDY W BLACK:114501D - XL</t>
         </is>
       </c>
       <c r="F333" s="0" t="inlineStr">
         <is>
-          <t>'803115534022</t>
+          <t>'000000000000</t>
         </is>
       </c>
       <c r="G333" s="0" t="inlineStr">
         <is>
-          <t>INFANT</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H333" s="0" t="inlineStr">
         <is>
-          <t>6-9M</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I333" s="0">
-        <v>29.99</v>
+        <v>26.99</v>
       </c>
       <c r="J333" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="334" spans="1:10" customHeight="0">
       <c r="A334" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3of3ei8zmtdgwcoghmox5/cassidy-114501-f.jpg?rlkey=6bv6tdoly2lfjovau4grab7y9&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B334" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/432djr5cxy1i2hdi6a4kq/womens-t-shirt-size-chartscassidy.jpg?rlkey=gcdksm6gb5ip2xy0eioom9snt&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C334" s="0" t="inlineStr">
+        <is>
+          <t>Cassidy Womens Ringer T-shirt</t>
+        </is>
+      </c>
+      <c r="D334" s="0" t="inlineStr">
+        <is>
+          <t>'114501</t>
+        </is>
+      </c>
+      <c r="E334" s="0" t="inlineStr">
+        <is>
+          <t>MU CASSIDY W BLACK:114501E - 2XL</t>
+        </is>
+      </c>
+      <c r="F334" s="0" t="inlineStr">
+        <is>
+          <t>'000000000000</t>
+        </is>
+      </c>
+      <c r="G334" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H334" s="0" t="inlineStr">
+        <is>
+          <t>2XL</t>
+        </is>
+      </c>
+      <c r="I334" s="0">
+        <v>28.99</v>
+      </c>
+      <c r="J334" s="0">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="335" spans="1:10" customHeight="0">
+      <c r="A335" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3of3ei8zmtdgwcoghmox5/cassidy-114501-f.jpg?rlkey=6bv6tdoly2lfjovau4grab7y9&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B335" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/432djr5cxy1i2hdi6a4kq/womens-t-shirt-size-chartscassidy.jpg?rlkey=gcdksm6gb5ip2xy0eioom9snt&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C335" s="0" t="inlineStr">
+        <is>
+          <t>Cassidy Womens Ringer T-shirt</t>
+        </is>
+      </c>
+      <c r="D335" s="0" t="inlineStr">
+        <is>
+          <t>'114501</t>
+        </is>
+      </c>
+      <c r="E335" s="0" t="inlineStr">
+        <is>
+          <t>MU CASSIDY W BLACK:114501F - 3XL</t>
+        </is>
+      </c>
+      <c r="F335" s="0" t="inlineStr">
+        <is>
+          <t>'000000000000</t>
+        </is>
+      </c>
+      <c r="G335" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H335" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
+        </is>
+      </c>
+      <c r="I335" s="0">
+        <v>28.99</v>
+      </c>
+      <c r="J335" s="0">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="336" spans="1:10" customHeight="0">
+      <c r="A336" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B336" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C336" s="0" t="inlineStr">
+        <is>
+          <t>Dixie Women's Reversible Vest</t>
+        </is>
+      </c>
+      <c r="D336" s="0" t="inlineStr">
+        <is>
+          <t>'114571</t>
+        </is>
+      </c>
+      <c r="E336" s="0" t="inlineStr">
+        <is>
+          <t>MU DIXIE W BLACK:114571A-S</t>
+        </is>
+      </c>
+      <c r="F336" s="0" t="inlineStr">
+        <is>
+          <t>'803114571042</t>
+        </is>
+      </c>
+      <c r="G336" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H336" s="0" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="I336" s="0">
+        <v>54.99</v>
+      </c>
+      <c r="J336" s="0">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="337" spans="1:10" customHeight="0">
+      <c r="A337" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B337" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C337" s="0" t="inlineStr">
+        <is>
+          <t>Dixie Women's Reversible Vest</t>
+        </is>
+      </c>
+      <c r="D337" s="0" t="inlineStr">
+        <is>
+          <t>'114571</t>
+        </is>
+      </c>
+      <c r="E337" s="0" t="inlineStr">
+        <is>
+          <t>MU DIXIE W BLACK:114571B-M</t>
+        </is>
+      </c>
+      <c r="F337" s="0" t="inlineStr">
+        <is>
+          <t>'803114571059</t>
+        </is>
+      </c>
+      <c r="G337" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H337" s="0" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="I337" s="0">
+        <v>54.99</v>
+      </c>
+      <c r="J337" s="0">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="338" spans="1:10" customHeight="0">
+      <c r="A338" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B338" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C338" s="0" t="inlineStr">
+        <is>
+          <t>Dixie Women's Reversible Vest</t>
+        </is>
+      </c>
+      <c r="D338" s="0" t="inlineStr">
+        <is>
+          <t>'114571</t>
+        </is>
+      </c>
+      <c r="E338" s="0" t="inlineStr">
+        <is>
+          <t>MU DIXIE W BLACK:114571C-L</t>
+        </is>
+      </c>
+      <c r="F338" s="0" t="inlineStr">
+        <is>
+          <t>'803114571066</t>
+        </is>
+      </c>
+      <c r="G338" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H338" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="I338" s="0">
+        <v>54.99</v>
+      </c>
+      <c r="J338" s="0">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="339" spans="1:10" customHeight="0">
+      <c r="A339" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B339" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C339" s="0" t="inlineStr">
+        <is>
+          <t>Dixie Women's Reversible Vest</t>
+        </is>
+      </c>
+      <c r="D339" s="0" t="inlineStr">
+        <is>
+          <t>'114571</t>
+        </is>
+      </c>
+      <c r="E339" s="0" t="inlineStr">
+        <is>
+          <t>MU DIXIE W BLACK:114571D-XL</t>
+        </is>
+      </c>
+      <c r="F339" s="0" t="inlineStr">
+        <is>
+          <t>'803114571073</t>
+        </is>
+      </c>
+      <c r="G339" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H339" s="0" t="inlineStr">
+        <is>
+          <t>XL</t>
+        </is>
+      </c>
+      <c r="I339" s="0">
+        <v>54.99</v>
+      </c>
+      <c r="J339" s="0">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="340" spans="1:10" customHeight="0">
+      <c r="A340" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B340" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C340" s="0" t="inlineStr">
+        <is>
+          <t>Dixie Women's Reversible Vest</t>
+        </is>
+      </c>
+      <c r="D340" s="0" t="inlineStr">
+        <is>
+          <t>'114571</t>
+        </is>
+      </c>
+      <c r="E340" s="0" t="inlineStr">
+        <is>
+          <t>MU DIXIE W BLACK:114571E-2XL</t>
+        </is>
+      </c>
+      <c r="F340" s="0" t="inlineStr">
+        <is>
+          <t>'803114571080</t>
+        </is>
+      </c>
+      <c r="G340" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H340" s="0" t="inlineStr">
+        <is>
+          <t>2XL</t>
+        </is>
+      </c>
+      <c r="I340" s="0">
+        <v>56.99</v>
+      </c>
+      <c r="J340" s="0">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="341" spans="1:10" customHeight="0">
+      <c r="A341" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B341" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C341" s="0" t="inlineStr">
+        <is>
+          <t>Dixie Women's Reversible Vest</t>
+        </is>
+      </c>
+      <c r="D341" s="0" t="inlineStr">
+        <is>
+          <t>'114571</t>
+        </is>
+      </c>
+      <c r="E341" s="0" t="inlineStr">
+        <is>
+          <t>MU DIXIE W BLACK:114571F-3XL</t>
+        </is>
+      </c>
+      <c r="F341" s="0" t="inlineStr">
+        <is>
+          <t>'803114571097</t>
+        </is>
+      </c>
+      <c r="G341" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H341" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
+        </is>
+      </c>
+      <c r="I341" s="0">
+        <v>56.99</v>
+      </c>
+      <c r="J341" s="0">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10" customHeight="0">
+      <c r="A342" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p4xg6exqsp85n3k13hixj/114571-af.jpg?rlkey=3lz3mx0p46o30qqfct7jl6mzr&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B342" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7be376cn5an851ruzv7aj/womens-size-chartsdixie.jpg?rlkey=fzaemvmb7qtasme268t8j9f0q&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C342" s="0" t="inlineStr">
+        <is>
+          <t>Dixie Women's Reversible Vest</t>
+        </is>
+      </c>
+      <c r="D342" s="0" t="inlineStr">
+        <is>
+          <t>'114571</t>
+        </is>
+      </c>
+      <c r="E342" s="0" t="inlineStr">
+        <is>
+          <t>MU DIXIE W BLACK 12 PACK:114571Z-12PK</t>
+        </is>
+      </c>
+      <c r="F342" s="0" t="inlineStr">
+        <is>
+          <t>'803114571998</t>
+        </is>
+      </c>
+      <c r="G342" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H342" s="0" t="inlineStr">
+        <is>
+          <t>12 PACK</t>
+        </is>
+      </c>
+      <c r="I342" s="0">
+        <v>528</v>
+      </c>
+      <c r="J342" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10" customHeight="0">
+      <c r="A343" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B343" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C343" s="0" t="inlineStr">
+        <is>
+          <t>Neil Men's Long Sleeve Pocket Henley</t>
+        </is>
+      </c>
+      <c r="D343" s="0" t="inlineStr">
+        <is>
+          <t>'114481</t>
+        </is>
+      </c>
+      <c r="E343" s="0" t="inlineStr">
+        <is>
+          <t>MU NEIL M BLACK:114481A-S</t>
+        </is>
+      </c>
+      <c r="F343" s="0" t="inlineStr">
+        <is>
+          <t>'803114481044</t>
+        </is>
+      </c>
+      <c r="G343" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H343" s="0" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="I343" s="0">
+        <v>44.99</v>
+      </c>
+      <c r="J343" s="0">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="344" spans="1:10" customHeight="0">
+      <c r="A344" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B344" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C344" s="0" t="inlineStr">
+        <is>
+          <t>Neil Men's Long Sleeve Pocket Henley</t>
+        </is>
+      </c>
+      <c r="D344" s="0" t="inlineStr">
+        <is>
+          <t>'114481</t>
+        </is>
+      </c>
+      <c r="E344" s="0" t="inlineStr">
+        <is>
+          <t>MU NEIL M BLACK:114481B-M</t>
+        </is>
+      </c>
+      <c r="F344" s="0" t="inlineStr">
+        <is>
+          <t>'803114481051</t>
+        </is>
+      </c>
+      <c r="G344" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H344" s="0" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="I344" s="0">
+        <v>44.99</v>
+      </c>
+      <c r="J344" s="0">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10" customHeight="0">
+      <c r="A345" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B345" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C345" s="0" t="inlineStr">
+        <is>
+          <t>Neil Men's Long Sleeve Pocket Henley</t>
+        </is>
+      </c>
+      <c r="D345" s="0" t="inlineStr">
+        <is>
+          <t>'114481</t>
+        </is>
+      </c>
+      <c r="E345" s="0" t="inlineStr">
+        <is>
+          <t>MU NEIL M BLACK:114481C-L</t>
+        </is>
+      </c>
+      <c r="F345" s="0" t="inlineStr">
+        <is>
+          <t>'803114481068</t>
+        </is>
+      </c>
+      <c r="G345" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H345" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="I345" s="0">
+        <v>44.99</v>
+      </c>
+      <c r="J345" s="0">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="346" spans="1:10" customHeight="0">
+      <c r="A346" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B346" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C346" s="0" t="inlineStr">
+        <is>
+          <t>Neil Men's Long Sleeve Pocket Henley</t>
+        </is>
+      </c>
+      <c r="D346" s="0" t="inlineStr">
+        <is>
+          <t>'114481</t>
+        </is>
+      </c>
+      <c r="E346" s="0" t="inlineStr">
+        <is>
+          <t>MU NEIL M BLACK:114481D-XL</t>
+        </is>
+      </c>
+      <c r="F346" s="0" t="inlineStr">
+        <is>
+          <t>'803114481075</t>
+        </is>
+      </c>
+      <c r="G346" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H346" s="0" t="inlineStr">
+        <is>
+          <t>XL</t>
+        </is>
+      </c>
+      <c r="I346" s="0">
+        <v>44.99</v>
+      </c>
+      <c r="J346" s="0">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10" customHeight="0">
+      <c r="A347" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B347" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C347" s="0" t="inlineStr">
+        <is>
+          <t>Neil Men's Long Sleeve Pocket Henley</t>
+        </is>
+      </c>
+      <c r="D347" s="0" t="inlineStr">
+        <is>
+          <t>'114481</t>
+        </is>
+      </c>
+      <c r="E347" s="0" t="inlineStr">
+        <is>
+          <t>MU NEIL M BLACK:114481E-2XL</t>
+        </is>
+      </c>
+      <c r="F347" s="0" t="inlineStr">
+        <is>
+          <t>'803114481082</t>
+        </is>
+      </c>
+      <c r="G347" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H347" s="0" t="inlineStr">
+        <is>
+          <t>2XL</t>
+        </is>
+      </c>
+      <c r="I347" s="0">
+        <v>46.99</v>
+      </c>
+      <c r="J347" s="0">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10" customHeight="0">
+      <c r="A348" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B348" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C348" s="0" t="inlineStr">
+        <is>
+          <t>Neil Men's Long Sleeve Pocket Henley</t>
+        </is>
+      </c>
+      <c r="D348" s="0" t="inlineStr">
+        <is>
+          <t>'114481</t>
+        </is>
+      </c>
+      <c r="E348" s="0" t="inlineStr">
+        <is>
+          <t>MU NEIL M BLACK:114481F-3XL</t>
+        </is>
+      </c>
+      <c r="F348" s="0" t="inlineStr">
+        <is>
+          <t>'803114481099</t>
+        </is>
+      </c>
+      <c r="G348" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H348" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
+        </is>
+      </c>
+      <c r="I348" s="0">
+        <v>46.99</v>
+      </c>
+      <c r="J348" s="0">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10" customHeight="0">
+      <c r="A349" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i1bd02a24bx57t7n8hb6w/114481-af.jpg?rlkey=ixb87kgj7g02turmwva6i6a0t&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B349" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/80fjoldyhix66xvifv5td/mens-t-shirt-size-chartsneil.jpg?rlkey=u9jmjn3oxe4qqhmwu69663u2z&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C349" s="0" t="inlineStr">
+        <is>
+          <t>Neil Men's Long Sleeve Pocket Henley</t>
+        </is>
+      </c>
+      <c r="D349" s="0" t="inlineStr">
+        <is>
+          <t>'114481</t>
+        </is>
+      </c>
+      <c r="E349" s="0" t="inlineStr">
+        <is>
+          <t>MU NEIL M BLACK 12 PACK:114481Z-12PK</t>
+        </is>
+      </c>
+      <c r="F349" s="0" t="inlineStr">
+        <is>
+          <t>'803114481990</t>
+        </is>
+      </c>
+      <c r="G349" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H349" s="0" t="inlineStr">
+        <is>
+          <t>12 PACK</t>
+        </is>
+      </c>
+      <c r="I349" s="0">
+        <v>521.88</v>
+      </c>
+      <c r="J349" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10" customHeight="0">
+      <c r="A350" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ylkxpagt7c7vuf6hn1jv1/109210-af.jpg?rlkey=wzci00fjfuflk6w8czkygatm6&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B350" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/coq1b0ld9g09rkd8de9s9/mens-pullover-size-charts-trenton.jpg?rlkey=bhmhqh9jnbkdp30kx2gzfk9aw&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C350" s="0" t="inlineStr">
+        <is>
+          <t>Trenton Men's Pullover</t>
+        </is>
+      </c>
+      <c r="D350" s="0" t="inlineStr">
+        <is>
+          <t>'109210</t>
+        </is>
+      </c>
+      <c r="E350" s="0" t="inlineStr">
+        <is>
+          <t>MU TRENTON:109210A - S</t>
+        </is>
+      </c>
+      <c r="F350" s="0" t="inlineStr">
+        <is>
+          <t>'800109210016</t>
+        </is>
+      </c>
+      <c r="G350" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H350" s="0" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="I350" s="0">
+        <v>59.99</v>
+      </c>
+      <c r="J350" s="0">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10" customHeight="0">
+      <c r="A351" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ylkxpagt7c7vuf6hn1jv1/109210-af.jpg?rlkey=wzci00fjfuflk6w8czkygatm6&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B351" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/coq1b0ld9g09rkd8de9s9/mens-pullover-size-charts-trenton.jpg?rlkey=bhmhqh9jnbkdp30kx2gzfk9aw&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C351" s="0" t="inlineStr">
+        <is>
+          <t>Trenton Men's Pullover</t>
+        </is>
+      </c>
+      <c r="D351" s="0" t="inlineStr">
+        <is>
+          <t>'109210</t>
+        </is>
+      </c>
+      <c r="E351" s="0" t="inlineStr">
+        <is>
+          <t>MU TRENTON:109210B - M</t>
+        </is>
+      </c>
+      <c r="F351" s="0" t="inlineStr">
+        <is>
+          <t>'800109210023</t>
+        </is>
+      </c>
+      <c r="G351" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H351" s="0" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="I351" s="0">
+        <v>59.99</v>
+      </c>
+      <c r="J351" s="0">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10" customHeight="0">
+      <c r="A352" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ylkxpagt7c7vuf6hn1jv1/109210-af.jpg?rlkey=wzci00fjfuflk6w8czkygatm6&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B352" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/coq1b0ld9g09rkd8de9s9/mens-pullover-size-charts-trenton.jpg?rlkey=bhmhqh9jnbkdp30kx2gzfk9aw&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C352" s="0" t="inlineStr">
+        <is>
+          <t>Trenton Men's Pullover</t>
+        </is>
+      </c>
+      <c r="D352" s="0" t="inlineStr">
+        <is>
+          <t>'109210</t>
+        </is>
+      </c>
+      <c r="E352" s="0" t="inlineStr">
+        <is>
+          <t>MU TRENTON:109210C - L</t>
+        </is>
+      </c>
+      <c r="F352" s="0" t="inlineStr">
+        <is>
+          <t>'800109210030</t>
+        </is>
+      </c>
+      <c r="G352" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H352" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="I352" s="0">
+        <v>59.99</v>
+      </c>
+      <c r="J352" s="0">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10" customHeight="0">
+      <c r="A353" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ylkxpagt7c7vuf6hn1jv1/109210-af.jpg?rlkey=wzci00fjfuflk6w8czkygatm6&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B353" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/coq1b0ld9g09rkd8de9s9/mens-pullover-size-charts-trenton.jpg?rlkey=bhmhqh9jnbkdp30kx2gzfk9aw&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C353" s="0" t="inlineStr">
+        <is>
+          <t>Trenton Men's Pullover</t>
+        </is>
+      </c>
+      <c r="D353" s="0" t="inlineStr">
+        <is>
+          <t>'109210</t>
+        </is>
+      </c>
+      <c r="E353" s="0" t="inlineStr">
+        <is>
+          <t>MU TRENTON:109210D - XL</t>
+        </is>
+      </c>
+      <c r="F353" s="0" t="inlineStr">
+        <is>
+          <t>'800109210047</t>
+        </is>
+      </c>
+      <c r="G353" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H353" s="0" t="inlineStr">
+        <is>
+          <t>XL</t>
+        </is>
+      </c>
+      <c r="I353" s="0">
+        <v>59.99</v>
+      </c>
+      <c r="J353" s="0">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10" customHeight="0">
+      <c r="A354" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ylkxpagt7c7vuf6hn1jv1/109210-af.jpg?rlkey=wzci00fjfuflk6w8czkygatm6&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B354" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/coq1b0ld9g09rkd8de9s9/mens-pullover-size-charts-trenton.jpg?rlkey=bhmhqh9jnbkdp30kx2gzfk9aw&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C354" s="0" t="inlineStr">
+        <is>
+          <t>Trenton Men's Pullover</t>
+        </is>
+      </c>
+      <c r="D354" s="0" t="inlineStr">
+        <is>
+          <t>'109210</t>
+        </is>
+      </c>
+      <c r="E354" s="0" t="inlineStr">
+        <is>
+          <t>MU TRENTON:109210E - 2XL</t>
+        </is>
+      </c>
+      <c r="F354" s="0" t="inlineStr">
+        <is>
+          <t>'800109210054</t>
+        </is>
+      </c>
+      <c r="G354" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H354" s="0" t="inlineStr">
+        <is>
+          <t>2XL</t>
+        </is>
+      </c>
+      <c r="I354" s="0">
+        <v>61.99</v>
+      </c>
+      <c r="J354" s="0">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="355" spans="1:10" customHeight="0">
+      <c r="A355" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ylkxpagt7c7vuf6hn1jv1/109210-af.jpg?rlkey=wzci00fjfuflk6w8czkygatm6&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B355" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/coq1b0ld9g09rkd8de9s9/mens-pullover-size-charts-trenton.jpg?rlkey=bhmhqh9jnbkdp30kx2gzfk9aw&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C355" s="0" t="inlineStr">
+        <is>
+          <t>Trenton Men's Pullover</t>
+        </is>
+      </c>
+      <c r="D355" s="0" t="inlineStr">
+        <is>
+          <t>'109210</t>
+        </is>
+      </c>
+      <c r="E355" s="0" t="inlineStr">
+        <is>
+          <t>MU TRENTON:109210F - 3XL</t>
+        </is>
+      </c>
+      <c r="F355" s="0" t="inlineStr">
+        <is>
+          <t>'800109210061</t>
+        </is>
+      </c>
+      <c r="G355" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H355" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
+        </is>
+      </c>
+      <c r="I355" s="0">
+        <v>61.99</v>
+      </c>
+      <c r="J355" s="0">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="356" spans="1:10" customHeight="0">
+      <c r="A356" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dnsw0nltlib6ubu0ufp8w/aria-02.jpg?rlkey=zzyfqvbxkby2y8wjic9rg1xii&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B356" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2odw75yvoyvtzh9pz2zyo/womens-size-chartsaria.jpg?rlkey=7crx8eipd4qc2m2c9odxz23gm&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C356" s="0" t="inlineStr">
+        <is>
+          <t>Aria Women's Reversible Quilted Sherpa Vest</t>
+        </is>
+      </c>
+      <c r="D356" s="0" t="inlineStr">
+        <is>
+          <t>'109168</t>
+        </is>
+      </c>
+      <c r="E356" s="0" t="inlineStr">
+        <is>
+          <t>MU ARIA:109168A-S</t>
+        </is>
+      </c>
+      <c r="F356" s="0" t="inlineStr">
+        <is>
+          <t>'800109168010</t>
+        </is>
+      </c>
+      <c r="G356" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H356" s="0" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="I356" s="0">
+        <v>54.99</v>
+      </c>
+      <c r="J356" s="0">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="357" spans="1:10" customHeight="0">
+      <c r="A357" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dnsw0nltlib6ubu0ufp8w/aria-02.jpg?rlkey=zzyfqvbxkby2y8wjic9rg1xii&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B357" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2odw75yvoyvtzh9pz2zyo/womens-size-chartsaria.jpg?rlkey=7crx8eipd4qc2m2c9odxz23gm&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C357" s="0" t="inlineStr">
+        <is>
+          <t>Aria Women's Reversible Quilted Sherpa Vest</t>
+        </is>
+      </c>
+      <c r="D357" s="0" t="inlineStr">
+        <is>
+          <t>'109168</t>
+        </is>
+      </c>
+      <c r="E357" s="0" t="inlineStr">
+        <is>
+          <t>MU ARIA:109168B-M</t>
+        </is>
+      </c>
+      <c r="F357" s="0" t="inlineStr">
+        <is>
+          <t>'800109168027</t>
+        </is>
+      </c>
+      <c r="G357" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H357" s="0" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="I357" s="0">
+        <v>54.99</v>
+      </c>
+      <c r="J357" s="0">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="358" spans="1:10" customHeight="0">
+      <c r="A358" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dnsw0nltlib6ubu0ufp8w/aria-02.jpg?rlkey=zzyfqvbxkby2y8wjic9rg1xii&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B358" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2odw75yvoyvtzh9pz2zyo/womens-size-chartsaria.jpg?rlkey=7crx8eipd4qc2m2c9odxz23gm&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C358" s="0" t="inlineStr">
+        <is>
+          <t>Aria Women's Reversible Quilted Sherpa Vest</t>
+        </is>
+      </c>
+      <c r="D358" s="0" t="inlineStr">
+        <is>
+          <t>'109168</t>
+        </is>
+      </c>
+      <c r="E358" s="0" t="inlineStr">
+        <is>
+          <t>MU ARIA:109168C-L</t>
+        </is>
+      </c>
+      <c r="F358" s="0" t="inlineStr">
+        <is>
+          <t>'800109168034</t>
+        </is>
+      </c>
+      <c r="G358" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H358" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="I358" s="0">
+        <v>54.99</v>
+      </c>
+      <c r="J358" s="0">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="359" spans="1:10" customHeight="0">
+      <c r="A359" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dnsw0nltlib6ubu0ufp8w/aria-02.jpg?rlkey=zzyfqvbxkby2y8wjic9rg1xii&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B359" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2odw75yvoyvtzh9pz2zyo/womens-size-chartsaria.jpg?rlkey=7crx8eipd4qc2m2c9odxz23gm&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C359" s="0" t="inlineStr">
+        <is>
+          <t>Aria Women's Reversible Quilted Sherpa Vest</t>
+        </is>
+      </c>
+      <c r="D359" s="0" t="inlineStr">
+        <is>
+          <t>'109168</t>
+        </is>
+      </c>
+      <c r="E359" s="0" t="inlineStr">
+        <is>
+          <t>MU ARIA:109168D-XL</t>
+        </is>
+      </c>
+      <c r="F359" s="0" t="inlineStr">
+        <is>
+          <t>'800109168041</t>
+        </is>
+      </c>
+      <c r="G359" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H359" s="0" t="inlineStr">
+        <is>
+          <t>XL</t>
+        </is>
+      </c>
+      <c r="I359" s="0">
+        <v>54.99</v>
+      </c>
+      <c r="J359" s="0">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="360" spans="1:10" customHeight="0">
+      <c r="A360" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dnsw0nltlib6ubu0ufp8w/aria-02.jpg?rlkey=zzyfqvbxkby2y8wjic9rg1xii&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B360" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2odw75yvoyvtzh9pz2zyo/womens-size-chartsaria.jpg?rlkey=7crx8eipd4qc2m2c9odxz23gm&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C360" s="0" t="inlineStr">
+        <is>
+          <t>Aria Women's Reversible Quilted Sherpa Vest</t>
+        </is>
+      </c>
+      <c r="D360" s="0" t="inlineStr">
+        <is>
+          <t>'109168</t>
+        </is>
+      </c>
+      <c r="E360" s="0" t="inlineStr">
+        <is>
+          <t>MU ARIA:109168E-2XL</t>
+        </is>
+      </c>
+      <c r="F360" s="0" t="inlineStr">
+        <is>
+          <t>'800109168058</t>
+        </is>
+      </c>
+      <c r="G360" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H360" s="0" t="inlineStr">
+        <is>
+          <t>2XL</t>
+        </is>
+      </c>
+      <c r="I360" s="0">
+        <v>56.99</v>
+      </c>
+      <c r="J360" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="361" spans="1:10" customHeight="0">
+      <c r="A361" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dnsw0nltlib6ubu0ufp8w/aria-02.jpg?rlkey=zzyfqvbxkby2y8wjic9rg1xii&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B361" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2odw75yvoyvtzh9pz2zyo/womens-size-chartsaria.jpg?rlkey=7crx8eipd4qc2m2c9odxz23gm&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C361" s="0" t="inlineStr">
+        <is>
+          <t>Aria Women's Reversible Quilted Sherpa Vest</t>
+        </is>
+      </c>
+      <c r="D361" s="0" t="inlineStr">
+        <is>
+          <t>'109168</t>
+        </is>
+      </c>
+      <c r="E361" s="0" t="inlineStr">
+        <is>
+          <t>MU ARIA:109168F-3XL</t>
+        </is>
+      </c>
+      <c r="F361" s="0" t="inlineStr">
+        <is>
+          <t>'800109168065</t>
+        </is>
+      </c>
+      <c r="G361" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H361" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
+        </is>
+      </c>
+      <c r="I361" s="0">
+        <v>56.99</v>
+      </c>
+      <c r="J361" s="0">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="362" spans="1:10" customHeight="0">
+      <c r="A362" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dued67iqsl6wywzj1znhh/108951-f.jpg?rlkey=174qqynm32zx1rnsn243rjomy&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B362" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e7bua4scymm197x6zzqma/8-19womens-fitted.jpg?rlkey=73nlt15s36tolq5x8dd8ul4in&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C362" s="0" t="inlineStr">
+        <is>
+          <t>Eliza Women's Off Shoulder Long Sleeve Shirt</t>
+        </is>
+      </c>
+      <c r="D362" s="0" t="inlineStr">
+        <is>
+          <t>'108951</t>
+        </is>
+      </c>
+      <c r="E362" s="0" t="inlineStr">
+        <is>
+          <t>MU ELIZA:108951A-S</t>
+        </is>
+      </c>
+      <c r="F362" s="0" t="inlineStr">
+        <is>
+          <t>'800108951019</t>
+        </is>
+      </c>
+      <c r="G362" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H362" s="0" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="I362" s="0">
+        <v>42.99</v>
+      </c>
+      <c r="J362" s="0">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="363" spans="1:10" customHeight="0">
+      <c r="A363" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dued67iqsl6wywzj1znhh/108951-f.jpg?rlkey=174qqynm32zx1rnsn243rjomy&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B363" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e7bua4scymm197x6zzqma/8-19womens-fitted.jpg?rlkey=73nlt15s36tolq5x8dd8ul4in&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C363" s="0" t="inlineStr">
+        <is>
+          <t>Eliza Women's Off Shoulder Long Sleeve Shirt</t>
+        </is>
+      </c>
+      <c r="D363" s="0" t="inlineStr">
+        <is>
+          <t>'108951</t>
+        </is>
+      </c>
+      <c r="E363" s="0" t="inlineStr">
+        <is>
+          <t>MU ELIZA:108951B-M</t>
+        </is>
+      </c>
+      <c r="F363" s="0" t="inlineStr">
+        <is>
+          <t>'800108951026</t>
+        </is>
+      </c>
+      <c r="G363" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H363" s="0" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="I363" s="0">
+        <v>42.99</v>
+      </c>
+      <c r="J363" s="0">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="364" spans="1:10" customHeight="0">
+      <c r="A364" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dued67iqsl6wywzj1znhh/108951-f.jpg?rlkey=174qqynm32zx1rnsn243rjomy&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B364" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e7bua4scymm197x6zzqma/8-19womens-fitted.jpg?rlkey=73nlt15s36tolq5x8dd8ul4in&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C364" s="0" t="inlineStr">
+        <is>
+          <t>Eliza Women's Off Shoulder Long Sleeve Shirt</t>
+        </is>
+      </c>
+      <c r="D364" s="0" t="inlineStr">
+        <is>
+          <t>'108951</t>
+        </is>
+      </c>
+      <c r="E364" s="0" t="inlineStr">
+        <is>
+          <t>MU ELIZA:108951C-L</t>
+        </is>
+      </c>
+      <c r="F364" s="0" t="inlineStr">
+        <is>
+          <t>'800108951033</t>
+        </is>
+      </c>
+      <c r="G364" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H364" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="I364" s="0">
+        <v>42.99</v>
+      </c>
+      <c r="J364" s="0">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="365" spans="1:10" customHeight="0">
+      <c r="A365" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dued67iqsl6wywzj1znhh/108951-f.jpg?rlkey=174qqynm32zx1rnsn243rjomy&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B365" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e7bua4scymm197x6zzqma/8-19womens-fitted.jpg?rlkey=73nlt15s36tolq5x8dd8ul4in&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C365" s="0" t="inlineStr">
+        <is>
+          <t>Eliza Women's Off Shoulder Long Sleeve Shirt</t>
+        </is>
+      </c>
+      <c r="D365" s="0" t="inlineStr">
+        <is>
+          <t>'108951</t>
+        </is>
+      </c>
+      <c r="E365" s="0" t="inlineStr">
+        <is>
+          <t>MU ELIZA:108951D-XL</t>
+        </is>
+      </c>
+      <c r="F365" s="0" t="inlineStr">
+        <is>
+          <t>'800108951040</t>
+        </is>
+      </c>
+      <c r="G365" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H365" s="0" t="inlineStr">
+        <is>
+          <t>XL</t>
+        </is>
+      </c>
+      <c r="I365" s="0">
+        <v>42.99</v>
+      </c>
+      <c r="J365" s="0">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="366" spans="1:10" customHeight="0">
+      <c r="A366" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dued67iqsl6wywzj1znhh/108951-f.jpg?rlkey=174qqynm32zx1rnsn243rjomy&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B366" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e7bua4scymm197x6zzqma/8-19womens-fitted.jpg?rlkey=73nlt15s36tolq5x8dd8ul4in&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C366" s="0" t="inlineStr">
+        <is>
+          <t>Eliza Women's Off Shoulder Long Sleeve Shirt</t>
+        </is>
+      </c>
+      <c r="D366" s="0" t="inlineStr">
+        <is>
+          <t>'108951</t>
+        </is>
+      </c>
+      <c r="E366" s="0" t="inlineStr">
+        <is>
+          <t>MU ELIZA:108951E-2XL</t>
+        </is>
+      </c>
+      <c r="F366" s="0" t="inlineStr">
+        <is>
+          <t>'800108951057</t>
+        </is>
+      </c>
+      <c r="G366" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H366" s="0" t="inlineStr">
+        <is>
+          <t>2XL</t>
+        </is>
+      </c>
+      <c r="I366" s="0">
+        <v>44.99</v>
+      </c>
+      <c r="J366" s="0">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10" customHeight="0">
+      <c r="A367" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dued67iqsl6wywzj1znhh/108951-f.jpg?rlkey=174qqynm32zx1rnsn243rjomy&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B367" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e7bua4scymm197x6zzqma/8-19womens-fitted.jpg?rlkey=73nlt15s36tolq5x8dd8ul4in&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C367" s="0" t="inlineStr">
+        <is>
+          <t>Eliza Women's Off Shoulder Long Sleeve Shirt</t>
+        </is>
+      </c>
+      <c r="D367" s="0" t="inlineStr">
+        <is>
+          <t>'108951</t>
+        </is>
+      </c>
+      <c r="E367" s="0" t="inlineStr">
+        <is>
+          <t>MU ELIZA:108951F-3XL</t>
+        </is>
+      </c>
+      <c r="F367" s="0" t="inlineStr">
+        <is>
+          <t>'800108951064</t>
+        </is>
+      </c>
+      <c r="G367" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H367" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
+        </is>
+      </c>
+      <c r="I367" s="0">
+        <v>44.99</v>
+      </c>
+      <c r="J367" s="0">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10" customHeight="0">
+      <c r="A368" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vb00juyplf5wl0dbof5j9/109029f67785.jpg?rlkey=uzv8b1y2kc5dw8ljvzdrktuet&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B368" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jaoohvz0bo48cnwwumg62/8-19womens-fitted.jpg?rlkey=6y6r44srifpjz3a8epss8z98s&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C368" s="0" t="inlineStr">
+        <is>
+          <t>Jacqueline Women's Quilted Puffer Jacket</t>
+        </is>
+      </c>
+      <c r="D368" s="0" t="inlineStr">
+        <is>
+          <t>'109029</t>
+        </is>
+      </c>
+      <c r="E368" s="0" t="inlineStr">
+        <is>
+          <t>MU JACQUELINE - WHITE:109029A-S</t>
+        </is>
+      </c>
+      <c r="F368" s="0" t="inlineStr">
+        <is>
+          <t>'800109029014</t>
+        </is>
+      </c>
+      <c r="G368" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H368" s="0" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="I368" s="0">
+        <v>129.99</v>
+      </c>
+      <c r="J368" s="0">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="369" spans="1:10" customHeight="0">
+      <c r="A369" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vb00juyplf5wl0dbof5j9/109029f67785.jpg?rlkey=uzv8b1y2kc5dw8ljvzdrktuet&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B369" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jaoohvz0bo48cnwwumg62/8-19womens-fitted.jpg?rlkey=6y6r44srifpjz3a8epss8z98s&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C369" s="0" t="inlineStr">
+        <is>
+          <t>Jacqueline Women's Quilted Puffer Jacket</t>
+        </is>
+      </c>
+      <c r="D369" s="0" t="inlineStr">
+        <is>
+          <t>'109029</t>
+        </is>
+      </c>
+      <c r="E369" s="0" t="inlineStr">
+        <is>
+          <t>MU JACQUELINE - WHITE:109029B-M</t>
+        </is>
+      </c>
+      <c r="F369" s="0" t="inlineStr">
+        <is>
+          <t>'800109029021</t>
+        </is>
+      </c>
+      <c r="G369" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H369" s="0" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="I369" s="0">
+        <v>129.99</v>
+      </c>
+      <c r="J369" s="0">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="370" spans="1:10" customHeight="0">
+      <c r="A370" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vb00juyplf5wl0dbof5j9/109029f67785.jpg?rlkey=uzv8b1y2kc5dw8ljvzdrktuet&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B370" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jaoohvz0bo48cnwwumg62/8-19womens-fitted.jpg?rlkey=6y6r44srifpjz3a8epss8z98s&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C370" s="0" t="inlineStr">
+        <is>
+          <t>Jacqueline Women's Quilted Puffer Jacket</t>
+        </is>
+      </c>
+      <c r="D370" s="0" t="inlineStr">
+        <is>
+          <t>'109029</t>
+        </is>
+      </c>
+      <c r="E370" s="0" t="inlineStr">
+        <is>
+          <t>MU JACQUELINE - WHITE:109029C-L</t>
+        </is>
+      </c>
+      <c r="F370" s="0" t="inlineStr">
+        <is>
+          <t>'800109029038</t>
+        </is>
+      </c>
+      <c r="G370" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H370" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="I370" s="0">
+        <v>129.99</v>
+      </c>
+      <c r="J370" s="0">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="371" spans="1:10" customHeight="0">
+      <c r="A371" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vb00juyplf5wl0dbof5j9/109029f67785.jpg?rlkey=uzv8b1y2kc5dw8ljvzdrktuet&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B371" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jaoohvz0bo48cnwwumg62/8-19womens-fitted.jpg?rlkey=6y6r44srifpjz3a8epss8z98s&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C371" s="0" t="inlineStr">
+        <is>
+          <t>Jacqueline Women's Quilted Puffer Jacket</t>
+        </is>
+      </c>
+      <c r="D371" s="0" t="inlineStr">
+        <is>
+          <t>'109029</t>
+        </is>
+      </c>
+      <c r="E371" s="0" t="inlineStr">
+        <is>
+          <t>MU JACQUELINE - WHITE:109029D-XL</t>
+        </is>
+      </c>
+      <c r="F371" s="0" t="inlineStr">
+        <is>
+          <t>'800109029045</t>
+        </is>
+      </c>
+      <c r="G371" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H371" s="0" t="inlineStr">
+        <is>
+          <t>XL</t>
+        </is>
+      </c>
+      <c r="I371" s="0">
+        <v>129.99</v>
+      </c>
+      <c r="J371" s="0">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="372" spans="1:10" customHeight="0">
+      <c r="A372" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vb00juyplf5wl0dbof5j9/109029f67785.jpg?rlkey=uzv8b1y2kc5dw8ljvzdrktuet&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B372" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jaoohvz0bo48cnwwumg62/8-19womens-fitted.jpg?rlkey=6y6r44srifpjz3a8epss8z98s&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C372" s="0" t="inlineStr">
+        <is>
+          <t>Jacqueline Women's Quilted Puffer Jacket</t>
+        </is>
+      </c>
+      <c r="D372" s="0" t="inlineStr">
+        <is>
+          <t>'109029</t>
+        </is>
+      </c>
+      <c r="E372" s="0" t="inlineStr">
+        <is>
+          <t>MU JACQUELINE - WHITE:109029E-2XL</t>
+        </is>
+      </c>
+      <c r="F372" s="0" t="inlineStr">
+        <is>
+          <t>'800109029052</t>
+        </is>
+      </c>
+      <c r="G372" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H372" s="0" t="inlineStr">
+        <is>
+          <t>2XL</t>
+        </is>
+      </c>
+      <c r="I372" s="0">
+        <v>131.99</v>
+      </c>
+      <c r="J372" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="373" spans="1:10" customHeight="0">
+      <c r="A373" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vb00juyplf5wl0dbof5j9/109029f67785.jpg?rlkey=uzv8b1y2kc5dw8ljvzdrktuet&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B373" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jaoohvz0bo48cnwwumg62/8-19womens-fitted.jpg?rlkey=6y6r44srifpjz3a8epss8z98s&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C373" s="0" t="inlineStr">
+        <is>
+          <t>Jacqueline Women's Quilted Puffer Jacket</t>
+        </is>
+      </c>
+      <c r="D373" s="0" t="inlineStr">
+        <is>
+          <t>'109029</t>
+        </is>
+      </c>
+      <c r="E373" s="0" t="inlineStr">
+        <is>
+          <t>MU JACQUELINE - WHITE:109029F-3XL</t>
+        </is>
+      </c>
+      <c r="F373" s="0" t="inlineStr">
+        <is>
+          <t>'800109029069</t>
+        </is>
+      </c>
+      <c r="G373" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H373" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
+        </is>
+      </c>
+      <c r="I373" s="0">
+        <v>131.99</v>
+      </c>
+      <c r="J373" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="374" spans="1:10" customHeight="0">
+      <c r="A374" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/x85mp1gqv5fv9nx7hmlc3/126068af89959.jpg?rlkey=okrr19zmv8sj75fzb71e00nxr&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C374" s="0" t="inlineStr">
+        <is>
+          <t>Asher Men's Cap</t>
+        </is>
+      </c>
+      <c r="D374" s="0" t="inlineStr">
+        <is>
+          <t>'126068</t>
+        </is>
+      </c>
+      <c r="E374" s="0" t="inlineStr">
+        <is>
+          <t>MU ASHER A BK:126068</t>
+        </is>
+      </c>
+      <c r="F374" s="0" t="inlineStr">
+        <is>
+          <t>'703126068007</t>
+        </is>
+      </c>
+      <c r="G374" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H374" s="0" t="inlineStr">
+        <is>
+          <t>STANDARD MENS</t>
+        </is>
+      </c>
+      <c r="I374" s="0">
+        <v>17.99</v>
+      </c>
+      <c r="J374" s="0">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="375" spans="1:10" customHeight="0">
+      <c r="A375" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fj5xyjd79ryh412717yo4/face-mask-af-black-mu.jpg?rlkey=xsrlc04on2nd8imuntt8oig1l&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C375" s="0" t="inlineStr">
+        <is>
+          <t>Reusable Face Mask </t>
+        </is>
+      </c>
+      <c r="D375" s="0" t="inlineStr">
+        <is>
+          <t>'118610</t>
+        </is>
+      </c>
+      <c r="E375" s="0" t="inlineStr">
+        <is>
+          <t>MU KIZZY BLACK:118610</t>
+        </is>
+      </c>
+      <c r="F375" s="0" t="inlineStr">
+        <is>
+          <t>'703118610016</t>
+        </is>
+      </c>
+      <c r="I375" s="0">
+        <v>7.99</v>
+      </c>
+      <c r="J375" s="0">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="376" spans="1:10" customHeight="0">
+      <c r="A376" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/582i9gqdf2ql1kwke0xw6/masks.jpg?rlkey=3bqrr192i5m65a4wdggz2lmdj&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C376" s="0" t="inlineStr">
+        <is>
+          <t>Printed Reusable Face Mask 6pk</t>
+        </is>
+      </c>
+      <c r="D376" s="0" t="inlineStr">
+        <is>
+          <t>'119343PK</t>
+        </is>
+      </c>
+      <c r="E376" s="0" t="inlineStr">
+        <is>
+          <t>MISSOURI MASK:119343PK</t>
+        </is>
+      </c>
+      <c r="F376" s="0" t="inlineStr">
+        <is>
+          <t>'000000000000</t>
+        </is>
+      </c>
+      <c r="I376" s="0">
+        <v>59.99</v>
+      </c>
+      <c r="J376" s="0">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="377" spans="1:10" customHeight="0">
+      <c r="A377" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cr1cr1u61y5jl09e2x3xg/necksleeveimages-0650396.jpg?rlkey=cj42ka8mp7scicrd66ie5azq2&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C377" s="0" t="inlineStr">
+        <is>
+          <t>Licensed Adult Neck Sleeve</t>
+        </is>
+      </c>
+      <c r="D377" s="0" t="inlineStr">
+        <is>
+          <t>'119731</t>
+        </is>
+      </c>
+      <c r="E377" s="0" t="inlineStr">
+        <is>
+          <t>MU NECK SLEEVE:119731OSFM</t>
+        </is>
+      </c>
+      <c r="F377" s="0" t="inlineStr">
+        <is>
+          <t>'803119730345</t>
+        </is>
+      </c>
+      <c r="H377" s="0" t="inlineStr">
+        <is>
+          <t>OSFM</t>
+        </is>
+      </c>
+      <c r="I377" s="0">
+        <v>19.99</v>
+      </c>
+      <c r="J377" s="0">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="378" spans="1:10" customHeight="0">
+      <c r="A378" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ysr5f2ks89s1r88yrdlwa/necksleeveimages-0508498.jpg?rlkey=wmxg8y8w2s37njzbhvnaqgpji&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C378" s="0" t="inlineStr">
+        <is>
+          <t>Licensed Adult Neck Sleeve</t>
+        </is>
+      </c>
+      <c r="D378" s="0" t="inlineStr">
+        <is>
+          <t>'119730</t>
+        </is>
+      </c>
+      <c r="E378" s="0" t="inlineStr">
+        <is>
+          <t>MU NECK SLEEVE:119730OSFM</t>
+        </is>
+      </c>
+      <c r="F378" s="0" t="inlineStr">
+        <is>
+          <t>'803119730345</t>
+        </is>
+      </c>
+      <c r="H378" s="0" t="inlineStr">
+        <is>
+          <t>OSFM</t>
+        </is>
+      </c>
+      <c r="I378" s="0">
+        <v>19.99</v>
+      </c>
+      <c r="J378" s="0">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="379" spans="1:10" customHeight="0">
+      <c r="A379" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/17lwg68cui9kt98nhocku/necksleeveimages-0185592.jpg?rlkey=tl1agnr1y8wwq9sg75m2qke4b&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C379" s="0" t="inlineStr">
+        <is>
+          <t>Licensed Adult Neck Sleeve</t>
+        </is>
+      </c>
+      <c r="D379" s="0" t="inlineStr">
+        <is>
+          <t>'119734</t>
+        </is>
+      </c>
+      <c r="E379" s="0" t="inlineStr">
+        <is>
+          <t>MU NECK SLEEVE:119734OSFM</t>
+        </is>
+      </c>
+      <c r="F379" s="0" t="inlineStr">
+        <is>
+          <t>'803119730345</t>
+        </is>
+      </c>
+      <c r="H379" s="0" t="inlineStr">
+        <is>
+          <t>OSFM</t>
+        </is>
+      </c>
+      <c r="I379" s="0">
+        <v>19.99</v>
+      </c>
+      <c r="J379" s="0">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="380" spans="1:10" customHeight="0">
+      <c r="A380" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2aidpgojed95ke2phb0ln/necksleeveimages-0235698.jpg?rlkey=bgd357g7g76d0f8oslx2xh5qc&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C380" s="0" t="inlineStr">
+        <is>
+          <t>Licensed Adult Neck Sleeve</t>
+        </is>
+      </c>
+      <c r="D380" s="0" t="inlineStr">
+        <is>
+          <t>'119733</t>
+        </is>
+      </c>
+      <c r="E380" s="0" t="inlineStr">
+        <is>
+          <t>MU NECK SLEEVE:119733OSFM</t>
+        </is>
+      </c>
+      <c r="F380" s="0" t="inlineStr">
+        <is>
+          <t>'000000000000</t>
+        </is>
+      </c>
+      <c r="H380" s="0" t="inlineStr">
+        <is>
+          <t>OSFM</t>
+        </is>
+      </c>
+      <c r="I380" s="0">
+        <v>19.99</v>
+      </c>
+      <c r="J380" s="0">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="381" spans="1:10" customHeight="0">
+      <c r="A381" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hvjsairf927xu576r3rsu/necksleeveimages-0352275.jpg?rlkey=4bq675lh6q06zw5eq4t0fiyuf&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C381" s="0" t="inlineStr">
+        <is>
+          <t>Licensed Adult Neck Sleeve</t>
+        </is>
+      </c>
+      <c r="D381" s="0" t="inlineStr">
+        <is>
+          <t>'119732</t>
+        </is>
+      </c>
+      <c r="E381" s="0" t="inlineStr">
+        <is>
+          <t>MU NECK SLEEVE:119732OSFM</t>
+        </is>
+      </c>
+      <c r="F381" s="0" t="inlineStr">
+        <is>
+          <t>'000000000000</t>
+        </is>
+      </c>
+      <c r="H381" s="0" t="inlineStr">
+        <is>
+          <t>OSFM</t>
+        </is>
+      </c>
+      <c r="I381" s="0">
+        <v>19.99</v>
+      </c>
+      <c r="J381" s="0">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="382" spans="1:10" customHeight="0">
+      <c r="A382" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zog5u3cdtzunesfwj64uu/necksleeveimages-0650396.jpg?rlkey=fyic5yscd0s6cikcxrycbdfxs&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C382" s="0" t="inlineStr">
+        <is>
+          <t>Licensed Youth Neck Sleeves</t>
+        </is>
+      </c>
+      <c r="D382" s="0" t="inlineStr">
+        <is>
+          <t>'119947</t>
+        </is>
+      </c>
+      <c r="E382" s="0" t="inlineStr">
+        <is>
+          <t>MU YOUTH NECK SLEEVE:119947OSFM</t>
+        </is>
+      </c>
+      <c r="F382" s="0" t="inlineStr">
+        <is>
+          <t>'000000000000</t>
+        </is>
+      </c>
+      <c r="H382" s="0" t="inlineStr">
+        <is>
+          <t>OSFM</t>
+        </is>
+      </c>
+      <c r="I382" s="0">
+        <v>19.99</v>
+      </c>
+      <c r="J382" s="0">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="383" spans="1:10" customHeight="0">
+      <c r="A383" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fqq98xbpdo4xrhlcquj62/necksleeveimages-0508498.jpg?rlkey=z4f2ui19rfdtljvplwfbblyir&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C383" s="0" t="inlineStr">
+        <is>
+          <t>Licensed Youth Neck Sleeves</t>
+        </is>
+      </c>
+      <c r="D383" s="0" t="inlineStr">
+        <is>
+          <t>'119951</t>
+        </is>
+      </c>
+      <c r="E383" s="0" t="inlineStr">
+        <is>
+          <t>MU YOUTH NECK SLEEVE:119951OSFM</t>
+        </is>
+      </c>
+      <c r="F383" s="0" t="inlineStr">
+        <is>
+          <t>'803119935344</t>
+        </is>
+      </c>
+      <c r="H383" s="0" t="inlineStr">
+        <is>
+          <t>OSFM</t>
+        </is>
+      </c>
+      <c r="I383" s="0">
+        <v>19.99</v>
+      </c>
+      <c r="J383" s="0">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="384" spans="1:10" customHeight="0">
+      <c r="A384" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qvk25f6hkkryix79l8lfg/necksleeveimages-0185592.jpg?rlkey=nv51r9lk0woxj1pppsszettfn&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C384" s="0" t="inlineStr">
+        <is>
+          <t>Licensed Youth Neck Sleeves</t>
+        </is>
+      </c>
+      <c r="D384" s="0" t="inlineStr">
+        <is>
+          <t>'119939</t>
+        </is>
+      </c>
+      <c r="E384" s="0" t="inlineStr">
+        <is>
+          <t>MU YOUTH NECK SLEEVE:119939OSFM</t>
+        </is>
+      </c>
+      <c r="F384" s="0" t="inlineStr">
+        <is>
+          <t>'803119935344</t>
+        </is>
+      </c>
+      <c r="H384" s="0" t="inlineStr">
+        <is>
+          <t>OSFM</t>
+        </is>
+      </c>
+      <c r="I384" s="0">
+        <v>19.99</v>
+      </c>
+      <c r="J384" s="0">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="385" spans="1:10" customHeight="0">
+      <c r="A385" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/aibb443d9ynfqwfpibryk/necksleeveimages-0235698.jpg?rlkey=fxty9158nmd80dz7pq3gjmt04&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C385" s="0" t="inlineStr">
+        <is>
+          <t>Licensed Youth Neck Sleeves</t>
+        </is>
+      </c>
+      <c r="D385" s="0" t="inlineStr">
+        <is>
+          <t>'119943</t>
+        </is>
+      </c>
+      <c r="E385" s="0" t="inlineStr">
+        <is>
+          <t>MU YOUTH NECK SLEEVE:119943OSFM</t>
+        </is>
+      </c>
+      <c r="F385" s="0" t="inlineStr">
+        <is>
+          <t>'803119935344</t>
+        </is>
+      </c>
+      <c r="H385" s="0" t="inlineStr">
+        <is>
+          <t>OSFM</t>
+        </is>
+      </c>
+      <c r="I385" s="0">
+        <v>19.99</v>
+      </c>
+      <c r="J385" s="0">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10" customHeight="0">
+      <c r="A386" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vjfyhb59em5xxpljcfcfr/necksleeveimages-0352275.jpg?rlkey=xt8nqy2pj0qlv0ap2pos2j1eo&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C386" s="0" t="inlineStr">
+        <is>
+          <t>Licensed Youth Neck Sleeves</t>
+        </is>
+      </c>
+      <c r="D386" s="0" t="inlineStr">
+        <is>
+          <t>'119935</t>
+        </is>
+      </c>
+      <c r="E386" s="0" t="inlineStr">
+        <is>
+          <t>MU YOUTH NECK SLEEVE:119935OSFM</t>
+        </is>
+      </c>
+      <c r="F386" s="0" t="inlineStr">
+        <is>
+          <t>'803119935344</t>
+        </is>
+      </c>
+      <c r="H386" s="0" t="inlineStr">
+        <is>
+          <t>OSFM</t>
+        </is>
+      </c>
+      <c r="I386" s="0">
+        <v>19.99</v>
+      </c>
+      <c r="J386" s="0">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10" customHeight="0">
+      <c r="A387" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4v1878wiycnppqa8fb9n/hendrix.jpg?rlkey=pvxb0fhod37jkpzb92ruile4t&amp;dl=0","Click to download Image")</f>
       </c>
-      <c r="C334" s="0" t="inlineStr">
+      <c r="C387" s="0" t="inlineStr">
         <is>
           <t>Hendrix Infant Bodysuit And Overalls</t>
         </is>
       </c>
-      <c r="D334" s="0" t="inlineStr">
+      <c r="D387" s="0" t="inlineStr">
         <is>
           <t>'115534</t>
         </is>
       </c>
-      <c r="E334" s="0" t="inlineStr">
+      <c r="E387" s="0" t="inlineStr">
+        <is>
+          <t>MU HENDRIX I GREY:115534A-0-3M</t>
+        </is>
+      </c>
+      <c r="F387" s="0" t="inlineStr">
+        <is>
+          <t>'803115534008</t>
+        </is>
+      </c>
+      <c r="G387" s="0" t="inlineStr">
+        <is>
+          <t>INFANT</t>
+        </is>
+      </c>
+      <c r="H387" s="0" t="inlineStr">
+        <is>
+          <t>0-3M</t>
+        </is>
+      </c>
+      <c r="I387" s="0">
+        <v>29.99</v>
+      </c>
+      <c r="J387" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10" customHeight="0">
+      <c r="A388" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4v1878wiycnppqa8fb9n/hendrix.jpg?rlkey=pvxb0fhod37jkpzb92ruile4t&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C388" s="0" t="inlineStr">
+        <is>
+          <t>Hendrix Infant Bodysuit And Overalls</t>
+        </is>
+      </c>
+      <c r="D388" s="0" t="inlineStr">
+        <is>
+          <t>'115534</t>
+        </is>
+      </c>
+      <c r="E388" s="0" t="inlineStr">
+        <is>
+          <t>MU HENDRIX I GREY:115534B-3-6M</t>
+        </is>
+      </c>
+      <c r="F388" s="0" t="inlineStr">
+        <is>
+          <t>'803115534015</t>
+        </is>
+      </c>
+      <c r="G388" s="0" t="inlineStr">
+        <is>
+          <t>INFANT</t>
+        </is>
+      </c>
+      <c r="H388" s="0" t="inlineStr">
+        <is>
+          <t>3-6M</t>
+        </is>
+      </c>
+      <c r="I388" s="0">
+        <v>29.99</v>
+      </c>
+      <c r="J388" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10" customHeight="0">
+      <c r="A389" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4v1878wiycnppqa8fb9n/hendrix.jpg?rlkey=pvxb0fhod37jkpzb92ruile4t&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C389" s="0" t="inlineStr">
+        <is>
+          <t>Hendrix Infant Bodysuit And Overalls</t>
+        </is>
+      </c>
+      <c r="D389" s="0" t="inlineStr">
+        <is>
+          <t>'115534</t>
+        </is>
+      </c>
+      <c r="E389" s="0" t="inlineStr">
+        <is>
+          <t>MU HENDRIX I GREY:115534C-6-9M</t>
+        </is>
+      </c>
+      <c r="F389" s="0" t="inlineStr">
+        <is>
+          <t>'803115534022</t>
+        </is>
+      </c>
+      <c r="G389" s="0" t="inlineStr">
+        <is>
+          <t>INFANT</t>
+        </is>
+      </c>
+      <c r="H389" s="0" t="inlineStr">
+        <is>
+          <t>6-9M</t>
+        </is>
+      </c>
+      <c r="I389" s="0">
+        <v>29.99</v>
+      </c>
+      <c r="J389" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10" customHeight="0">
+      <c r="A390" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4v1878wiycnppqa8fb9n/hendrix.jpg?rlkey=pvxb0fhod37jkpzb92ruile4t&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C390" s="0" t="inlineStr">
+        <is>
+          <t>Hendrix Infant Bodysuit And Overalls</t>
+        </is>
+      </c>
+      <c r="D390" s="0" t="inlineStr">
+        <is>
+          <t>'115534</t>
+        </is>
+      </c>
+      <c r="E390" s="0" t="inlineStr">
         <is>
           <t>MU HENDRIX I GREY:115534F-12M</t>
         </is>
       </c>
-      <c r="F334" s="0" t="inlineStr">
+      <c r="F390" s="0" t="inlineStr">
         <is>
           <t>'803115534039</t>
         </is>
       </c>
-      <c r="G334" s="0" t="inlineStr">
+      <c r="G390" s="0" t="inlineStr">
         <is>
           <t>INFANT</t>
         </is>
       </c>
-      <c r="H334" s="0" t="inlineStr">
+      <c r="H390" s="0" t="inlineStr">
         <is>
           <t>12M</t>
         </is>
       </c>
-      <c r="I334" s="0">
+      <c r="I390" s="0">
         <v>29.99</v>
       </c>
-      <c r="J334" s="0">
+      <c r="J390" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>