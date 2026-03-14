--- v0 (2026-01-23)
+++ v1 (2026-03-14)
@@ -374,51 +374,51 @@
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t>MOH STRIKE I BK:150215Z-12PK</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>'822150215994</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
           <t>INFANT</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I7" s="0">
         <v>240</v>
       </c>
       <c r="J7" s="0">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="0">
       <c r="A8" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/85den02nnkg4hc8vyxt9s/passport-155171-f.jpg?rlkey=nhmi1gvwb8m2ahy8w9r13rrjb&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>Passport Canvas Tote</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t>'155171</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t>MOH PASSPO BK:155171</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>'922155171018</t>
         </is>
@@ -451,82 +451,87 @@
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>'722151079017</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I9" s="0">
         <v>29.99</v>
       </c>
       <c r="J9" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="0">
       <c r="A10" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j9p3tau5r49bz39d93a5d/moh-150112-tn.jpg?rlkey=gxvuyfytf7bzkzjpzn995mw53&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yvani7q79lyukhxpzobdv/castle-156602-f-copy.jpg?rlkey=ldpkljvx5xclimxrg3yrkzglc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>Mini Rubber Basketball</t>
+          <t>Castle Men's Reversible Bucket Hat</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>'150112</t>
+          <t>'156602</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>MOH BBALL RD:150112</t>
+          <t>MOH CASTLE A RD:156602</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>'922150112016</t>
+          <t>'722156602005</t>
+        </is>
+      </c>
+      <c r="G10" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>ONE SIZE</t>
+          <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I10" s="0">
-        <v>19.99</v>
+        <v>29.99</v>
       </c>
       <c r="J10" s="0">
-        <v>72</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>