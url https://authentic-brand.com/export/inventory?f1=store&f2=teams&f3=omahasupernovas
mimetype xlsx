--- v0 (2026-01-25)
+++ v1 (2026-03-29)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J19"/>
+  <dimension ref="A1:J25"/>
   <sheetData>
     <row r="1" spans="1:10" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>ImageURL</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>SizeChart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Product Name</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Model</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>SKU</t>
@@ -392,573 +392,837 @@
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>'898155347091</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I7" s="0">
         <v>44.99</v>
       </c>
       <c r="J7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="0">
       <c r="A8" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8j9ve37n0ocd7bxnxbzn9/slate-155344-f.jpg?rlkey=m9p1gx5f9xlxmpa4mnw8hysh7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ldfq6zalftm14rp81bahl/flint-155346-f.jpg?rlkey=fhh8m29koztxsjwaxosgelr1l&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B8" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wayv0hf8xh91ojidkurwo/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=55bnfk0fqif5ff0kgk58olwmm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h6045kzpoa2oavbx6xs2a/mens-pullover-size-chartsflint.jpg?rlkey=hpfmjdnh69mmhkson0lax0h4k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>Slate Men's Ultra-Soft T-Shirt</t>
+          <t>Flint Men's Pullover</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
-          <t>'155344</t>
+          <t>'155346</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>SUPER SLATE M BE:155344A-S</t>
+          <t>SUPER FLINT M BK:155346A-S</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>'898155344045</t>
+          <t>'898155346049</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I8" s="0">
-        <v>29.99</v>
+        <v>44.99</v>
       </c>
       <c r="J8" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="0">
       <c r="A9" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8j9ve37n0ocd7bxnxbzn9/slate-155344-f.jpg?rlkey=m9p1gx5f9xlxmpa4mnw8hysh7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ldfq6zalftm14rp81bahl/flint-155346-f.jpg?rlkey=fhh8m29koztxsjwaxosgelr1l&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B9" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wayv0hf8xh91ojidkurwo/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=55bnfk0fqif5ff0kgk58olwmm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h6045kzpoa2oavbx6xs2a/mens-pullover-size-chartsflint.jpg?rlkey=hpfmjdnh69mmhkson0lax0h4k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>Slate Men's Ultra-Soft T-Shirt</t>
+          <t>Flint Men's Pullover</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>'155344</t>
+          <t>'155346</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>SUPER SLATE M BE:155344B-M</t>
+          <t>SUPER FLINT M BK:155346B-M</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>'898155344052</t>
+          <t>'898155346056</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I9" s="0">
-        <v>29.99</v>
+        <v>44.99</v>
       </c>
       <c r="J9" s="0">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="0">
       <c r="A10" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8j9ve37n0ocd7bxnxbzn9/slate-155344-f.jpg?rlkey=m9p1gx5f9xlxmpa4mnw8hysh7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ldfq6zalftm14rp81bahl/flint-155346-f.jpg?rlkey=fhh8m29koztxsjwaxosgelr1l&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B10" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wayv0hf8xh91ojidkurwo/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=55bnfk0fqif5ff0kgk58olwmm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h6045kzpoa2oavbx6xs2a/mens-pullover-size-chartsflint.jpg?rlkey=hpfmjdnh69mmhkson0lax0h4k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>Slate Men's Ultra-Soft T-Shirt</t>
+          <t>Flint Men's Pullover</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>'155344</t>
+          <t>'155346</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>SUPER SLATE M BE:155344C-L</t>
+          <t>SUPER FLINT M BK:155346C-L</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>'898155344069</t>
+          <t>'898155346063</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I10" s="0">
-        <v>29.99</v>
+        <v>44.99</v>
       </c>
       <c r="J10" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="0">
       <c r="A11" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8j9ve37n0ocd7bxnxbzn9/slate-155344-f.jpg?rlkey=m9p1gx5f9xlxmpa4mnw8hysh7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ldfq6zalftm14rp81bahl/flint-155346-f.jpg?rlkey=fhh8m29koztxsjwaxosgelr1l&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B11" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wayv0hf8xh91ojidkurwo/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=55bnfk0fqif5ff0kgk58olwmm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h6045kzpoa2oavbx6xs2a/mens-pullover-size-chartsflint.jpg?rlkey=hpfmjdnh69mmhkson0lax0h4k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>Slate Men's Ultra-Soft T-Shirt</t>
+          <t>Flint Men's Pullover</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
-          <t>'155344</t>
+          <t>'155346</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>SUPER SLATE M BE:155344D-XL</t>
+          <t>SUPER FLINT M BK:155346D-XL</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>'898155344076</t>
+          <t>'898155346070</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I11" s="0">
-        <v>29.99</v>
+        <v>44.99</v>
       </c>
       <c r="J11" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="0">
       <c r="A12" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8j9ve37n0ocd7bxnxbzn9/slate-155344-f.jpg?rlkey=m9p1gx5f9xlxmpa4mnw8hysh7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ldfq6zalftm14rp81bahl/flint-155346-f.jpg?rlkey=fhh8m29koztxsjwaxosgelr1l&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B12" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wayv0hf8xh91ojidkurwo/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=55bnfk0fqif5ff0kgk58olwmm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h6045kzpoa2oavbx6xs2a/mens-pullover-size-chartsflint.jpg?rlkey=hpfmjdnh69mmhkson0lax0h4k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>Slate Men's Ultra-Soft T-Shirt</t>
+          <t>Flint Men's Pullover</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
-          <t>'155344</t>
+          <t>'155346</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>SUPER SLATE M BE:155344E-2XL</t>
+          <t>SUPER FLINT M BK:155346E-2XL</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>'898155344083</t>
+          <t>'898155346087</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I12" s="0">
-        <v>29.99</v>
+        <v>44.99</v>
       </c>
       <c r="J12" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="0">
       <c r="A13" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8j9ve37n0ocd7bxnxbzn9/slate-155344-f.jpg?rlkey=m9p1gx5f9xlxmpa4mnw8hysh7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ldfq6zalftm14rp81bahl/flint-155346-f.jpg?rlkey=fhh8m29koztxsjwaxosgelr1l&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B13" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wayv0hf8xh91ojidkurwo/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=55bnfk0fqif5ff0kgk58olwmm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h6045kzpoa2oavbx6xs2a/mens-pullover-size-chartsflint.jpg?rlkey=hpfmjdnh69mmhkson0lax0h4k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>Slate Men's Ultra-Soft T-Shirt</t>
+          <t>Flint Men's Pullover</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
-          <t>'155344</t>
+          <t>'155346</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>SUPER SLATE M BE:155344F-3XL</t>
+          <t>SUPER FLINT M BK:155346F-3XL</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>'898155344090</t>
+          <t>'898155346094</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I13" s="0">
-        <v>29.99</v>
+        <v>44.99</v>
       </c>
       <c r="J13" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="0">
       <c r="A14" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m1nky672dt0marb6i7pj0/brent-155345-f.jpg?rlkey=3bbqao08cltmmt0kff2xitrf5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8j9ve37n0ocd7bxnxbzn9/slate-155344-f.jpg?rlkey=m9p1gx5f9xlxmpa4mnw8hysh7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B14" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ceqr4b5rgjxb74pffdonj/mens-polo-size-chartsbrent.jpg?rlkey=93j2u7926a48yyjaqhpvy97ea&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wayv0hf8xh91ojidkurwo/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=55bnfk0fqif5ff0kgk58olwmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>Brent Men's Pique Polo</t>
+          <t>Slate Men's Ultra-Soft T-Shirt</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
-          <t>'155345</t>
+          <t>'155344</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>SUPER BRENT M BK:155345A-S</t>
+          <t>SUPER SLATE M BE:155344A-S</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>'898155345042</t>
+          <t>'898155344045</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I14" s="0">
-        <v>49.99</v>
+        <v>29.99</v>
       </c>
       <c r="J14" s="0">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="0">
       <c r="A15" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m1nky672dt0marb6i7pj0/brent-155345-f.jpg?rlkey=3bbqao08cltmmt0kff2xitrf5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8j9ve37n0ocd7bxnxbzn9/slate-155344-f.jpg?rlkey=m9p1gx5f9xlxmpa4mnw8hysh7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B15" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ceqr4b5rgjxb74pffdonj/mens-polo-size-chartsbrent.jpg?rlkey=93j2u7926a48yyjaqhpvy97ea&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wayv0hf8xh91ojidkurwo/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=55bnfk0fqif5ff0kgk58olwmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>Brent Men's Pique Polo</t>
+          <t>Slate Men's Ultra-Soft T-Shirt</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
-          <t>'155345</t>
+          <t>'155344</t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>SUPER BRENT M BK:155345B-M</t>
+          <t>SUPER SLATE M BE:155344B-M</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>'898155345059</t>
+          <t>'898155344052</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I15" s="0">
-        <v>49.99</v>
+        <v>29.99</v>
       </c>
       <c r="J15" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="0">
       <c r="A16" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m1nky672dt0marb6i7pj0/brent-155345-f.jpg?rlkey=3bbqao08cltmmt0kff2xitrf5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8j9ve37n0ocd7bxnxbzn9/slate-155344-f.jpg?rlkey=m9p1gx5f9xlxmpa4mnw8hysh7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B16" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ceqr4b5rgjxb74pffdonj/mens-polo-size-chartsbrent.jpg?rlkey=93j2u7926a48yyjaqhpvy97ea&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wayv0hf8xh91ojidkurwo/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=55bnfk0fqif5ff0kgk58olwmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>Brent Men's Pique Polo</t>
+          <t>Slate Men's Ultra-Soft T-Shirt</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
-          <t>'155345</t>
+          <t>'155344</t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>SUPER BRENT M BK:155345C-L</t>
+          <t>SUPER SLATE M BE:155344C-L</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>'898155345066</t>
+          <t>'898155344069</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I16" s="0">
-        <v>49.99</v>
+        <v>29.99</v>
       </c>
       <c r="J16" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="0">
       <c r="A17" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m1nky672dt0marb6i7pj0/brent-155345-f.jpg?rlkey=3bbqao08cltmmt0kff2xitrf5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8j9ve37n0ocd7bxnxbzn9/slate-155344-f.jpg?rlkey=m9p1gx5f9xlxmpa4mnw8hysh7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B17" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ceqr4b5rgjxb74pffdonj/mens-polo-size-chartsbrent.jpg?rlkey=93j2u7926a48yyjaqhpvy97ea&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wayv0hf8xh91ojidkurwo/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=55bnfk0fqif5ff0kgk58olwmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>Brent Men's Pique Polo</t>
+          <t>Slate Men's Ultra-Soft T-Shirt</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
-          <t>'155345</t>
+          <t>'155344</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>SUPER BRENT M BK:155345D-XL</t>
+          <t>SUPER SLATE M BE:155344D-XL</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>'898155345073</t>
+          <t>'898155344076</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I17" s="0">
-        <v>49.99</v>
+        <v>29.99</v>
       </c>
       <c r="J17" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="0">
       <c r="A18" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m1nky672dt0marb6i7pj0/brent-155345-f.jpg?rlkey=3bbqao08cltmmt0kff2xitrf5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8j9ve37n0ocd7bxnxbzn9/slate-155344-f.jpg?rlkey=m9p1gx5f9xlxmpa4mnw8hysh7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B18" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ceqr4b5rgjxb74pffdonj/mens-polo-size-chartsbrent.jpg?rlkey=93j2u7926a48yyjaqhpvy97ea&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wayv0hf8xh91ojidkurwo/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=55bnfk0fqif5ff0kgk58olwmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>Brent Men's Pique Polo</t>
+          <t>Slate Men's Ultra-Soft T-Shirt</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
-          <t>'155345</t>
+          <t>'155344</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>SUPER BRENT M BK:155345E-2XL</t>
+          <t>SUPER SLATE M BE:155344E-2XL</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>'898155345080</t>
+          <t>'898155344083</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I18" s="0">
-        <v>49.99</v>
+        <v>29.99</v>
       </c>
       <c r="J18" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="0">
       <c r="A19" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8j9ve37n0ocd7bxnxbzn9/slate-155344-f.jpg?rlkey=m9p1gx5f9xlxmpa4mnw8hysh7&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B19" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wayv0hf8xh91ojidkurwo/mens-t-shirt-size-chartsslate-cason.jpg?rlkey=55bnfk0fqif5ff0kgk58olwmm&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C19" s="0" t="inlineStr">
+        <is>
+          <t>Slate Men's Ultra-Soft T-Shirt</t>
+        </is>
+      </c>
+      <c r="D19" s="0" t="inlineStr">
+        <is>
+          <t>'155344</t>
+        </is>
+      </c>
+      <c r="E19" s="0" t="inlineStr">
+        <is>
+          <t>SUPER SLATE M BE:155344F-3XL</t>
+        </is>
+      </c>
+      <c r="F19" s="0" t="inlineStr">
+        <is>
+          <t>'898155344090</t>
+        </is>
+      </c>
+      <c r="G19" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H19" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
+        </is>
+      </c>
+      <c r="I19" s="0">
+        <v>29.99</v>
+      </c>
+      <c r="J19" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" customHeight="0">
+      <c r="A20" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m1nky672dt0marb6i7pj0/brent-155345-f.jpg?rlkey=3bbqao08cltmmt0kff2xitrf5&amp;dl=0","Click to download Image")</f>
       </c>
-      <c r="B19" s="0">
+      <c r="B20" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ceqr4b5rgjxb74pffdonj/mens-polo-size-chartsbrent.jpg?rlkey=93j2u7926a48yyjaqhpvy97ea&amp;dl=0","Click to download SizeChart")</f>
       </c>
-      <c r="C19" s="0" t="inlineStr">
+      <c r="C20" s="0" t="inlineStr">
         <is>
           <t>Brent Men's Pique Polo</t>
         </is>
       </c>
-      <c r="D19" s="0" t="inlineStr">
+      <c r="D20" s="0" t="inlineStr">
         <is>
           <t>'155345</t>
         </is>
       </c>
-      <c r="E19" s="0" t="inlineStr">
+      <c r="E20" s="0" t="inlineStr">
+        <is>
+          <t>SUPER BRENT M BK:155345A-S</t>
+        </is>
+      </c>
+      <c r="F20" s="0" t="inlineStr">
+        <is>
+          <t>'898155345042</t>
+        </is>
+      </c>
+      <c r="G20" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H20" s="0" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="I20" s="0">
+        <v>49.99</v>
+      </c>
+      <c r="J20" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" customHeight="0">
+      <c r="A21" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m1nky672dt0marb6i7pj0/brent-155345-f.jpg?rlkey=3bbqao08cltmmt0kff2xitrf5&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B21" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ceqr4b5rgjxb74pffdonj/mens-polo-size-chartsbrent.jpg?rlkey=93j2u7926a48yyjaqhpvy97ea&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C21" s="0" t="inlineStr">
+        <is>
+          <t>Brent Men's Pique Polo</t>
+        </is>
+      </c>
+      <c r="D21" s="0" t="inlineStr">
+        <is>
+          <t>'155345</t>
+        </is>
+      </c>
+      <c r="E21" s="0" t="inlineStr">
+        <is>
+          <t>SUPER BRENT M BK:155345B-M</t>
+        </is>
+      </c>
+      <c r="F21" s="0" t="inlineStr">
+        <is>
+          <t>'898155345059</t>
+        </is>
+      </c>
+      <c r="G21" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H21" s="0" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="I21" s="0">
+        <v>49.99</v>
+      </c>
+      <c r="J21" s="0">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" customHeight="0">
+      <c r="A22" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m1nky672dt0marb6i7pj0/brent-155345-f.jpg?rlkey=3bbqao08cltmmt0kff2xitrf5&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B22" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ceqr4b5rgjxb74pffdonj/mens-polo-size-chartsbrent.jpg?rlkey=93j2u7926a48yyjaqhpvy97ea&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C22" s="0" t="inlineStr">
+        <is>
+          <t>Brent Men's Pique Polo</t>
+        </is>
+      </c>
+      <c r="D22" s="0" t="inlineStr">
+        <is>
+          <t>'155345</t>
+        </is>
+      </c>
+      <c r="E22" s="0" t="inlineStr">
+        <is>
+          <t>SUPER BRENT M BK:155345C-L</t>
+        </is>
+      </c>
+      <c r="F22" s="0" t="inlineStr">
+        <is>
+          <t>'898155345066</t>
+        </is>
+      </c>
+      <c r="G22" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H22" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="I22" s="0">
+        <v>49.99</v>
+      </c>
+      <c r="J22" s="0">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" customHeight="0">
+      <c r="A23" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m1nky672dt0marb6i7pj0/brent-155345-f.jpg?rlkey=3bbqao08cltmmt0kff2xitrf5&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B23" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ceqr4b5rgjxb74pffdonj/mens-polo-size-chartsbrent.jpg?rlkey=93j2u7926a48yyjaqhpvy97ea&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C23" s="0" t="inlineStr">
+        <is>
+          <t>Brent Men's Pique Polo</t>
+        </is>
+      </c>
+      <c r="D23" s="0" t="inlineStr">
+        <is>
+          <t>'155345</t>
+        </is>
+      </c>
+      <c r="E23" s="0" t="inlineStr">
+        <is>
+          <t>SUPER BRENT M BK:155345D-XL</t>
+        </is>
+      </c>
+      <c r="F23" s="0" t="inlineStr">
+        <is>
+          <t>'898155345073</t>
+        </is>
+      </c>
+      <c r="G23" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H23" s="0" t="inlineStr">
+        <is>
+          <t>XL</t>
+        </is>
+      </c>
+      <c r="I23" s="0">
+        <v>49.99</v>
+      </c>
+      <c r="J23" s="0">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" customHeight="0">
+      <c r="A24" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m1nky672dt0marb6i7pj0/brent-155345-f.jpg?rlkey=3bbqao08cltmmt0kff2xitrf5&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B24" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ceqr4b5rgjxb74pffdonj/mens-polo-size-chartsbrent.jpg?rlkey=93j2u7926a48yyjaqhpvy97ea&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C24" s="0" t="inlineStr">
+        <is>
+          <t>Brent Men's Pique Polo</t>
+        </is>
+      </c>
+      <c r="D24" s="0" t="inlineStr">
+        <is>
+          <t>'155345</t>
+        </is>
+      </c>
+      <c r="E24" s="0" t="inlineStr">
+        <is>
+          <t>SUPER BRENT M BK:155345E-2XL</t>
+        </is>
+      </c>
+      <c r="F24" s="0" t="inlineStr">
+        <is>
+          <t>'898155345080</t>
+        </is>
+      </c>
+      <c r="G24" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H24" s="0" t="inlineStr">
+        <is>
+          <t>2XL</t>
+        </is>
+      </c>
+      <c r="I24" s="0">
+        <v>49.99</v>
+      </c>
+      <c r="J24" s="0">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" customHeight="0">
+      <c r="A25" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m1nky672dt0marb6i7pj0/brent-155345-f.jpg?rlkey=3bbqao08cltmmt0kff2xitrf5&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B25" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ceqr4b5rgjxb74pffdonj/mens-polo-size-chartsbrent.jpg?rlkey=93j2u7926a48yyjaqhpvy97ea&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C25" s="0" t="inlineStr">
+        <is>
+          <t>Brent Men's Pique Polo</t>
+        </is>
+      </c>
+      <c r="D25" s="0" t="inlineStr">
+        <is>
+          <t>'155345</t>
+        </is>
+      </c>
+      <c r="E25" s="0" t="inlineStr">
         <is>
           <t>SUPER BRENT M BK:155345F-3XL</t>
         </is>
       </c>
-      <c r="F19" s="0" t="inlineStr">
+      <c r="F25" s="0" t="inlineStr">
         <is>
           <t>'898155345097</t>
         </is>
       </c>
-      <c r="G19" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H19" s="0" t="inlineStr">
+      <c r="G25" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H25" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
-      <c r="I19" s="0">
+      <c r="I25" s="0">
         <v>49.99</v>
       </c>
-      <c r="J19" s="0">
+      <c r="J25" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>