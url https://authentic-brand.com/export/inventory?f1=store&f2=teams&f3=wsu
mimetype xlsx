--- v0 (2026-01-25)
+++ v1 (2026-03-15)
@@ -410,51 +410,51 @@
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t>WCH JAXON T DG 12PK:133108Z-12PK</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>'808133108996</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I8" s="0">
         <v>288</v>
       </c>
       <c r="J8" s="0">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="0">
       <c r="A9" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h3hw5bvhb7rp8baprxaf1/basketball-152665-tn.jpg?rlkey=kmai4icyey0obh58l9nor72du&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>Mini Rubber Basketball</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t>'152665</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>WCH BASKET BK:152665</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>'908152665019</t>
         </is>
@@ -856,51 +856,51 @@
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
           <t>WCH RETA T BK 12PK:129639Z-12PK</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>'808129639992</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>12 PACK</t>
         </is>
       </c>
       <c r="I19" s="0">
         <v>288</v>
       </c>
       <c r="J19" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="0">
       <c r="A20" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1uy41myfdhc2xp032lohf/109360-af.jpg?rlkey=2lc05j2ffuhnrj3rc364il21b&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B20" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pfpjttaa2l4me9yswcfn1/8-19youth.jpg?rlkey=8ajj4nl693vlsohb1g47nfi75&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>Dekalb Youth Microfleece Pullover</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t>'109360</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
           <t>WICHITA DEKALB:109360B-YS</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">